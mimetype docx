--- v0 (2025-12-03)
+++ v1 (2026-01-09)
@@ -1,175 +1,200 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="672A6659" w14:textId="77777777" w:rsidR="000B0EA5" w:rsidRDefault="000B0EA5" w:rsidP="000B0EA5"/>
-    <w:p w14:paraId="0A37501D" w14:textId="77777777" w:rsidR="00D03B60" w:rsidRPr="000B0EA5" w:rsidRDefault="00D03B60" w:rsidP="000B0EA5"/>
     <w:p w14:paraId="4B1E1EDB" w14:textId="6F002CBE" w:rsidR="004A7961" w:rsidRDefault="00C57D9E" w:rsidP="00205958">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Part II: </w:t>
       </w:r>
       <w:r w:rsidR="00020973">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>SIGNIFICANT FINANCIAL</w:t>
       </w:r>
       <w:r w:rsidR="004A7961" w:rsidRPr="00AE34C3">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> INTEREST DISCLOSURE FORM</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DAB6C7B" w14:textId="77777777" w:rsidR="00415FF0" w:rsidRDefault="00415FF0" w:rsidP="00205958">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="441B6123" w14:textId="08F190C3" w:rsidR="001739E3" w:rsidRPr="00415FF0" w:rsidRDefault="000F0A24" w:rsidP="000F0A24">
+    <w:p w14:paraId="441B6123" w14:textId="08F190C3" w:rsidR="001739E3" w:rsidRPr="00C201EC" w:rsidRDefault="000F0A24" w:rsidP="000F0A24">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E417D">
+      <w:r w:rsidRPr="003E1017">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">You are completing this form because the Institutional Review Board (IRB) or the Employing Institution's Conflict of Interest (COI) Committee or Office determined the Significant Financial Interest (SFI) disclosed in Part I represents a potential Financial Conflict of Interest (FCOI) </w:t>
       </w:r>
-      <w:r w:rsidRPr="006E417D">
+      <w:r w:rsidRPr="003E1017">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
-      <w:r w:rsidRPr="006E417D">
+      <w:r w:rsidRPr="003E1017">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Investigator self-identifies that the SFI disclosed in Part I may represent a potential FCOI with the proposed IRB protocol.</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F0A24">
+      <w:r w:rsidRPr="003E1017">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02EB378F" w14:textId="77777777" w:rsidR="00415FF0" w:rsidRPr="00415FF0" w:rsidRDefault="00415FF0" w:rsidP="00415FF0">
+    <w:p w14:paraId="33DA831E" w14:textId="77777777" w:rsidR="00443047" w:rsidRPr="00C201EC" w:rsidRDefault="00443047" w:rsidP="000F0A24">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02EB378F" w14:textId="77777777" w:rsidR="00415FF0" w:rsidRPr="00C201EC" w:rsidRDefault="00415FF0" w:rsidP="00415FF0">
       <w:pPr>
         <w:rPr>
           <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10795" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10795"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B0EA5" w:rsidRPr="0048695D" w14:paraId="55A955B3" w14:textId="77777777" w:rsidTr="006E417D">
+      <w:tr w:rsidR="000B0EA5" w:rsidRPr="0048695D" w14:paraId="55A955B3" w14:textId="77777777" w:rsidTr="00C201EC">
         <w:trPr>
-          <w:trHeight w:val="420"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7817D954" w14:textId="77777777" w:rsidR="00AE34C3" w:rsidRPr="0048695D" w:rsidRDefault="000B0EA5" w:rsidP="00B57915">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0048695D">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">SECTION </w:t>
@@ -195,6703 +220,6064 @@
               <w:t xml:space="preserve">: RESEARCH </w:t>
             </w:r>
             <w:r w:rsidR="00D03B60" w:rsidRPr="0048695D">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PROTOCOL</w:t>
             </w:r>
             <w:r w:rsidRPr="0048695D">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> INFORMATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00205958" w:rsidRPr="0048695D" w14:paraId="7B7EA509" w14:textId="77777777" w:rsidTr="006E417D">
+      <w:tr w:rsidR="00205958" w:rsidRPr="0048695D" w14:paraId="7B7EA509" w14:textId="77777777" w:rsidTr="00C201EC">
         <w:trPr>
-          <w:trHeight w:val="2591"/>
+          <w:trHeight w:val="2717"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A05A809" w14:textId="77777777" w:rsidR="00666714" w:rsidRPr="0048695D" w:rsidRDefault="00666714" w:rsidP="0048695D">
+          <w:p w14:paraId="6A05A809" w14:textId="77777777" w:rsidR="00666714" w:rsidRPr="008807B8" w:rsidRDefault="00666714" w:rsidP="0048695D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5595"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="05BE752E" w14:textId="050AF12B" w:rsidR="00FB36D3" w:rsidRPr="0048695D" w:rsidRDefault="00FB36D3" w:rsidP="0048695D">
+          <w:p w14:paraId="05BE752E" w14:textId="35ED13D9" w:rsidR="00FB36D3" w:rsidRPr="008807B8" w:rsidRDefault="00FB36D3" w:rsidP="0048695D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5595"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00C201EC" w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="008807B8" w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sponsored study          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008807B8" w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Non-sponsored</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> study (greater than minimal risk studies)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A39BBE3" w14:textId="77777777" w:rsidR="00FB36D3" w:rsidRPr="0048695D" w:rsidRDefault="00FB36D3" w:rsidP="0048695D">
+          <w:p w14:paraId="5A39BBE3" w14:textId="77777777" w:rsidR="00FB36D3" w:rsidRPr="008807B8" w:rsidRDefault="00FB36D3" w:rsidP="0048695D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5595"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="52D7D0C5" w14:textId="4448AB8E" w:rsidR="00FB36D3" w:rsidRPr="0048695D" w:rsidRDefault="00FB36D3" w:rsidP="0048695D">
+          <w:p w14:paraId="52D7D0C5" w14:textId="1C10A7E6" w:rsidR="00FB36D3" w:rsidRPr="008807B8" w:rsidRDefault="00FB36D3" w:rsidP="0048695D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5130"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
-[...205 lines deleted...]
-              <w:t xml:space="preserve">                                                                                   </w:t>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Name of Sponsor:</w:t>
+            </w:r>
+            <w:r w:rsidR="00443047" w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1699048347"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00443047" w:rsidRPr="008807B8">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72A3D3EC" w14:textId="77777777" w:rsidR="00FB36D3" w:rsidRPr="0048695D" w:rsidRDefault="00FB36D3" w:rsidP="0048695D">
+          <w:p w14:paraId="72A3D3EC" w14:textId="77777777" w:rsidR="00FB36D3" w:rsidRPr="008807B8" w:rsidRDefault="00FB36D3" w:rsidP="0048695D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5595"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="59EC35E5" w14:textId="77777777" w:rsidR="00FB36D3" w:rsidRPr="0048695D" w:rsidRDefault="00FB36D3" w:rsidP="0048695D">
+          <w:p w14:paraId="2A4FF7CA" w14:textId="77777777" w:rsidR="003E1017" w:rsidRPr="008807B8" w:rsidRDefault="00FB36D3" w:rsidP="003E1017">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5130"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
-[...195 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Name:</w:t>
+            </w:r>
+            <w:r w:rsidR="00443047" w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="677861696"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00443047" w:rsidRPr="008807B8">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="003E1017" w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="003E1017" w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Date: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-718436330"/>
+                <w:placeholder>
+                  <w:docPart w:val="A60103DD409341C59BD97C1B03C9BD4E"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:date>
+                  <w:dateFormat w:val="M/d/yyyy"/>
+                  <w:lid w:val="en-US"/>
+                  <w:storeMappedDataAs w:val="dateTime"/>
+                  <w:calendar w:val="gregorian"/>
+                </w:date>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="003E1017" w:rsidRPr="008807B8">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap to enter a date.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="003E1017" w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                               </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D0B940D" w14:textId="77777777" w:rsidR="00FB36D3" w:rsidRPr="0048695D" w:rsidRDefault="00FB36D3" w:rsidP="0048695D">
+          <w:p w14:paraId="7625812F" w14:textId="61AA959F" w:rsidR="00FB36D3" w:rsidRPr="008807B8" w:rsidRDefault="003E1017" w:rsidP="003E1017">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="1965"/>
+                <w:tab w:val="left" w:pos="5130"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00FB36D3" w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Department:</w:t>
+            </w:r>
+            <w:r w:rsidR="00443047" w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-411238721"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00443047" w:rsidRPr="008807B8">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB36D3" w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidR="00C65AFF" w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mploying </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB36D3" w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Institution:</w:t>
+            </w:r>
+            <w:r w:rsidR="00443047" w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1042472760"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00443047" w:rsidRPr="008807B8">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00FB36D3" w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="7625812F" w14:textId="6554AAC4" w:rsidR="00FB36D3" w:rsidRPr="0048695D" w:rsidRDefault="00C65AFF" w:rsidP="0048695D">
-[...118 lines deleted...]
-          <w:p w14:paraId="0E27B00A" w14:textId="77777777" w:rsidR="00FB36D3" w:rsidRPr="0048695D" w:rsidRDefault="00FB36D3" w:rsidP="0048695D">
+          <w:p w14:paraId="0E27B00A" w14:textId="77777777" w:rsidR="00FB36D3" w:rsidRPr="008807B8" w:rsidRDefault="00FB36D3" w:rsidP="0048695D">
             <w:pPr>
               <w:pStyle w:val="TOC1"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="565D0298" w14:textId="77777777" w:rsidR="00FB36D3" w:rsidRPr="0048695D" w:rsidRDefault="00FB36D3" w:rsidP="0048695D">
+          <w:p w14:paraId="565D0298" w14:textId="328EB11F" w:rsidR="00FB36D3" w:rsidRPr="008807B8" w:rsidRDefault="00FB36D3" w:rsidP="0048695D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4230"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5130"/>
                 <w:tab w:val="left" w:pos="5520"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="7185"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
-[...209 lines deleted...]
-            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Telephone:</w:t>
+            </w:r>
+            <w:r w:rsidR="00443047" w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="106319310"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00443047" w:rsidRPr="008807B8">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00443047" w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Email: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="301822857"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00443047" w:rsidRPr="008807B8">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
           <w:p w14:paraId="60061E4C" w14:textId="77777777" w:rsidR="00205958" w:rsidRPr="0048695D" w:rsidRDefault="00205958" w:rsidP="0048695D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5595"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="44EAFD9C" w14:textId="77777777" w:rsidR="00205958" w:rsidRDefault="00205958" w:rsidP="00205958">
+      <w:pPr>
+        <w:ind w:left="261" w:hanging="261"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1856E58C" w14:textId="77777777" w:rsidR="00443047" w:rsidRDefault="00443047" w:rsidP="00205958">
       <w:pPr>
         <w:ind w:left="261" w:hanging="261"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E31CAB" w:rsidRPr="0048695D" w14:paraId="1EDC9181" w14:textId="77777777" w:rsidTr="4DAE7940">
+      <w:tr w:rsidR="00E31CAB" w:rsidRPr="0048695D" w14:paraId="1EDC9181" w14:textId="77777777" w:rsidTr="00C201EC">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78C886C7" w14:textId="77777777" w:rsidR="00E31CAB" w:rsidRPr="0048695D" w:rsidRDefault="00E31CAB" w:rsidP="00B57915">
+          <w:p w14:paraId="78C886C7" w14:textId="43570EB5" w:rsidR="00E31CAB" w:rsidRPr="0048695D" w:rsidRDefault="00E31CAB" w:rsidP="00C201EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0048695D">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">SECTION II: DISCLOSURE </w:t>
+              <w:t>SECTION II: DISCLOSURE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00396B55" w:rsidRPr="0048695D" w14:paraId="63F3129F" w14:textId="77777777" w:rsidTr="4DAE7940">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B94D5A5" w14:textId="77777777" w:rsidR="00391785" w:rsidRPr="0048695D" w:rsidRDefault="00391785" w:rsidP="0048695D">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="62620859" w14:textId="096AFA25" w:rsidR="00396B55" w:rsidRPr="0048695D" w:rsidRDefault="00FD7FF6" w:rsidP="0048695D">
+          <w:p w14:paraId="62620859" w14:textId="096AFA25" w:rsidR="00396B55" w:rsidRPr="008807B8" w:rsidRDefault="00FD7FF6" w:rsidP="000E4733">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Role</w:t>
             </w:r>
-            <w:r w:rsidR="00396B55" w:rsidRPr="0048695D">
+            <w:r w:rsidR="00396B55" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of Conflicted Investigator:  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="238CAFCD" w14:textId="77777777" w:rsidR="00396B55" w:rsidRPr="0048695D" w:rsidRDefault="00396B55" w:rsidP="0048695D">
+          <w:p w14:paraId="238CAFCD" w14:textId="77777777" w:rsidR="00396B55" w:rsidRPr="008807B8" w:rsidRDefault="00396B55" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="720"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="203"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check91"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Check91"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="0" w:name="Check91"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Principal Investigator</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7535E432" w14:textId="77777777" w:rsidR="00396B55" w:rsidRPr="0048695D" w:rsidRDefault="00396B55" w:rsidP="0048695D">
+          <w:p w14:paraId="7535E432" w14:textId="77777777" w:rsidR="00396B55" w:rsidRPr="008807B8" w:rsidRDefault="00396B55" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="720"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="203"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check92"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Check92"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="1" w:name="Check92"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Co-Investigator</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43F0596C" w14:textId="77777777" w:rsidR="00396B55" w:rsidRPr="0048695D" w:rsidRDefault="00396B55" w:rsidP="0048695D">
+          <w:p w14:paraId="43F0596C" w14:textId="77777777" w:rsidR="00396B55" w:rsidRPr="008807B8" w:rsidRDefault="00396B55" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="720"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="203"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check93"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Check93"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="2" w:name="Check93"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="008A17C3" w:rsidRPr="0048695D">
+            <w:r w:rsidR="008A17C3" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Authorized Study</w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Personnel</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="522DB095" w14:textId="77777777" w:rsidR="00804D10" w:rsidRPr="0048695D" w:rsidRDefault="00804D10" w:rsidP="0048695D">
+          <w:p w14:paraId="522DB095" w14:textId="675A2D60" w:rsidR="00804D10" w:rsidRPr="008807B8" w:rsidRDefault="00804D10" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="720"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="203"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check94"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Check94"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="3" w:name="Check94"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Other, </w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>describe</w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...99 lines deleted...]
-            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="392862067"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00443047" w:rsidRPr="008807B8">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="3DEEC669" w14:textId="77777777" w:rsidR="00804D10" w:rsidRPr="0048695D" w:rsidRDefault="00804D10" w:rsidP="0048695D">
+          <w:p w14:paraId="3DEEC669" w14:textId="77777777" w:rsidR="00804D10" w:rsidRPr="008807B8" w:rsidRDefault="00804D10" w:rsidP="000E4733">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="43824E06" w14:textId="5071281D" w:rsidR="00804D10" w:rsidRPr="0048695D" w:rsidRDefault="0A21B1FF" w:rsidP="0048695D">
+          <w:p w14:paraId="43824E06" w14:textId="5071281D" w:rsidR="00804D10" w:rsidRPr="008807B8" w:rsidRDefault="0A21B1FF" w:rsidP="000E4733">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2B1AAF07">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Describe the Significant Financial Interest (SFI) related to the protocol/proposal.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="613079A0" w14:textId="0573F190" w:rsidR="00804532" w:rsidRPr="0048695D" w:rsidRDefault="28C28299" w:rsidP="0048695D">
+          <w:p w14:paraId="613079A0" w14:textId="5022C3CB" w:rsidR="00804532" w:rsidRPr="008807B8" w:rsidRDefault="28C28299" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="360" w:firstLine="360"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="360" w:firstLine="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name of</w:t>
             </w:r>
-            <w:r w:rsidR="29A63282" w:rsidRPr="4DAE7940">
+            <w:r w:rsidR="29A63282" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="000F0A24">
+            <w:r w:rsidR="000F0A24" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>External Entity</w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...99 lines deleted...]
-            <w:bookmarkEnd w:id="8"/>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-1823887428"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00443047" w:rsidRPr="008807B8">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="4DD37125" w14:textId="77777777" w:rsidR="00804532" w:rsidRPr="0048695D" w:rsidRDefault="00804532" w:rsidP="0048695D">
+          <w:p w14:paraId="4DD37125" w14:textId="77777777" w:rsidR="00804532" w:rsidRPr="008807B8" w:rsidRDefault="00804532" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="360" w:firstLine="360"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="360" w:firstLine="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check95"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Check95"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="4" w:name="Check95"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Remuneration (e.g. salary or any payment for services when aggregated equals $5,000 or more.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="634664BE" w14:textId="77777777" w:rsidR="00804532" w:rsidRPr="0048695D" w:rsidRDefault="00804532" w:rsidP="0048695D">
+          <w:p w14:paraId="634664BE" w14:textId="77777777" w:rsidR="00804532" w:rsidRPr="008807B8" w:rsidRDefault="00804532" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="877" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Check96"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="5" w:name="Check96"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="5"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Equity interest (e.g. any stock, stock option, or other ownership interest for publicly traded entity that has a value of $5,000 or more; or privately traded represents any ownership interest.)  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C019BD6" w14:textId="25893F46" w:rsidR="00391785" w:rsidRPr="0048695D" w:rsidRDefault="00391785" w:rsidP="0048695D">
+          <w:p w14:paraId="3C019BD6" w14:textId="25893F46" w:rsidR="00391785" w:rsidRPr="008807B8" w:rsidRDefault="00391785" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="877" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check97"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Check97"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="6" w:name="Check97"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="6"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Intellectual Property (e.g. patents, licenses, copyrights, royalties that are not paid by</w:t>
             </w:r>
-            <w:r w:rsidR="00D52AEE">
+            <w:r w:rsidR="00D52AEE" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Employing I</w:t>
             </w:r>
-            <w:r w:rsidR="004D6F79" w:rsidRPr="0048695D">
+            <w:r w:rsidR="004D6F79" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>nstitution</w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32D81362" w14:textId="77777777" w:rsidR="00391785" w:rsidRPr="0048695D" w:rsidRDefault="00391785" w:rsidP="0048695D">
+          <w:p w14:paraId="32D81362" w14:textId="77777777" w:rsidR="00391785" w:rsidRPr="008807B8" w:rsidRDefault="00391785" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="877" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check98"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Check98"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="7" w:name="Check98"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Reimbursed or sponsored travel.  ($0 de minimis)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="290C5B78" w14:textId="77777777" w:rsidR="00391785" w:rsidRPr="0048695D" w:rsidRDefault="00391785" w:rsidP="0048695D">
+          <w:p w14:paraId="290C5B78" w14:textId="7686ED3E" w:rsidR="00391785" w:rsidRPr="008807B8" w:rsidRDefault="00391785" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="877" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check99"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Check99"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="8" w:name="Check99"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="8"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Other, </w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>describe</w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...99 lines deleted...]
-            <w:bookmarkEnd w:id="14"/>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-671564953"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00443047" w:rsidRPr="008807B8">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="3656B9AB" w14:textId="77777777" w:rsidR="00415FF0" w:rsidRPr="0048695D" w:rsidRDefault="00415FF0" w:rsidP="0048695D">
+          <w:p w14:paraId="3656B9AB" w14:textId="77777777" w:rsidR="00415FF0" w:rsidRPr="008807B8" w:rsidRDefault="00415FF0" w:rsidP="000E4733">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="1080" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3184C79C" w14:textId="68C93CE6" w:rsidR="00391785" w:rsidRPr="0048695D" w:rsidRDefault="00391785" w:rsidP="0048695D">
+          <w:p w14:paraId="3184C79C" w14:textId="683AF03E" w:rsidR="00391785" w:rsidRPr="008807B8" w:rsidRDefault="00391785" w:rsidP="000E4733">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6A28D6E3">
-[...23 lines deleted...]
-              <w:t>/proposal.</w:t>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Describe how the SFI is related to the protocol/proposal.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D74C0AA" w14:textId="77777777" w:rsidR="00391785" w:rsidRPr="0048695D" w:rsidRDefault="00391785" w:rsidP="0048695D">
+          <w:p w14:paraId="4D74C0AA" w14:textId="77777777" w:rsidR="00391785" w:rsidRPr="008807B8" w:rsidRDefault="00391785" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="360" w:firstLine="360"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="360" w:firstLine="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check100"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Check100"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="9" w:name="Check100"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="9"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Entity is </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> research sponsor.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01A15A3A" w14:textId="77777777" w:rsidR="00391785" w:rsidRPr="0048695D" w:rsidRDefault="00391785" w:rsidP="0048695D">
+          <w:p w14:paraId="01A15A3A" w14:textId="77777777" w:rsidR="00391785" w:rsidRPr="008807B8" w:rsidRDefault="00391785" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="360" w:firstLine="360"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="360" w:firstLine="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check101"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Check101"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="10" w:name="Check101"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="10"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Entity’s product or service will be utilized, tested, evaluated, or otherwise in the research.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CAD0BE6" w14:textId="700014C6" w:rsidR="00FB36D3" w:rsidRPr="0048695D" w:rsidRDefault="00391785" w:rsidP="0048695D">
+          <w:p w14:paraId="6CAD0BE6" w14:textId="700014C6" w:rsidR="00FB36D3" w:rsidRPr="008807B8" w:rsidRDefault="00391785" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="877" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check102"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Check102"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="11" w:name="Check102"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="11"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Entity licenses </w:t>
             </w:r>
-            <w:r w:rsidR="00315E53">
+            <w:r w:rsidR="00315E53" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
-            <w:r w:rsidR="297A929A" w:rsidRPr="0048695D">
+            <w:r w:rsidR="297A929A" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">mploying </w:t>
             </w:r>
-            <w:r w:rsidR="00315E53">
+            <w:r w:rsidR="00315E53" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
-            <w:r w:rsidR="004D6F79" w:rsidRPr="0048695D">
+            <w:r w:rsidR="004D6F79" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>nstitution</w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>’s intellectual property that will be utilized, tested, evaluated or otherwise in the research.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C09318A" w14:textId="54D6B56C" w:rsidR="00391785" w:rsidRPr="0048695D" w:rsidRDefault="00391785" w:rsidP="0048695D">
+          <w:p w14:paraId="0C09318A" w14:textId="54D6B56C" w:rsidR="00391785" w:rsidRPr="008807B8" w:rsidRDefault="00391785" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check103"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Check103"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="12" w:name="Check103"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
-            <w:r w:rsidR="33801CE2" w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="12"/>
+            <w:r w:rsidR="33801CE2" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Investigator’s </w:t>
             </w:r>
-            <w:r w:rsidR="0D261E50" w:rsidRPr="0048695D">
+            <w:r w:rsidR="0D261E50" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">institutional responsibilities may involve or require interacting with the </w:t>
             </w:r>
-            <w:r w:rsidR="000F0A24">
+            <w:r w:rsidR="000F0A24" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>External Entity</w:t>
             </w:r>
-            <w:r w:rsidR="0D261E50" w:rsidRPr="0048695D">
+            <w:r w:rsidR="0D261E50" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40A95C38" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="0048695D" w:rsidRDefault="004D6F79" w:rsidP="0048695D">
+          <w:p w14:paraId="40A95C38" w14:textId="3E43E9A1" w:rsidR="004D6F79" w:rsidRPr="008807B8" w:rsidRDefault="004D6F79" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check104"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Check104"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="13" w:name="Check104"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="13"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Other, </w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>describe</w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...99 lines deleted...]
-            <w:bookmarkEnd w:id="20"/>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-490875875"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00443047" w:rsidRPr="008807B8">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="62486C05" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="0048695D" w:rsidRDefault="004D6F79" w:rsidP="0048695D">
+          <w:p w14:paraId="62486C05" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="008807B8" w:rsidRDefault="004D6F79" w:rsidP="000E4733">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="1080" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="17B41CD9" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="0048695D" w:rsidRDefault="004D6F79" w:rsidP="0048695D">
+          <w:p w14:paraId="17B41CD9" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="008807B8" w:rsidRDefault="004D6F79" w:rsidP="000E4733">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Describe the conflicted investigator’s function in the research.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BEB5E26" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="0048695D" w:rsidRDefault="004D6F79" w:rsidP="0048695D">
+          <w:p w14:paraId="4BEB5E26" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="008807B8" w:rsidRDefault="004D6F79" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="720"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="203"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(check all that apply </w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> describe principal duties below)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6906B9CA" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="0048695D" w:rsidRDefault="004D6F79" w:rsidP="0048695D">
+          <w:p w14:paraId="6906B9CA" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="008807B8" w:rsidRDefault="004D6F79" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="720"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="203"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check105"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Check105"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="14" w:name="Check105"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="14"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Design</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23986162" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="0048695D" w:rsidRDefault="004D6F79" w:rsidP="0048695D">
+          <w:p w14:paraId="23986162" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="008807B8" w:rsidRDefault="004D6F79" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="720"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="203"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check106"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Check106"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="15" w:name="Check106"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="15"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Conduct</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C8363D2" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="0048695D" w:rsidRDefault="004D6F79" w:rsidP="0048695D">
+          <w:p w14:paraId="1C8363D2" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="008807B8" w:rsidRDefault="004D6F79" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="720"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="203"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check107"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Check107"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="16" w:name="Check107"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="16"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Reporting </w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(including authorship)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DAC5271" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="0048695D" w:rsidRDefault="004D6F79" w:rsidP="0048695D">
+          <w:p w14:paraId="1DAC5271" w14:textId="51BECDE7" w:rsidR="004D6F79" w:rsidRPr="008807B8" w:rsidRDefault="004D6F79" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="203"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
-[...97 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Describe: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="649872377"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00443047" w:rsidRPr="008807B8">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="4101652C" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="0048695D" w:rsidRDefault="004D6F79" w:rsidP="0048695D">
+          <w:p w14:paraId="4101652C" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="008807B8" w:rsidRDefault="004D6F79" w:rsidP="000E4733">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7715C26C" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="0048695D" w:rsidRDefault="004D6F79" w:rsidP="0048695D">
+          <w:p w14:paraId="7715C26C" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="008807B8" w:rsidRDefault="004D6F79" w:rsidP="000E4733">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Provide justification for the conflicted investigator’s involvement in the research.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="004FFDC6" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="0048695D" w:rsidRDefault="004D6F79" w:rsidP="0048695D">
+          <w:p w14:paraId="004FFDC6" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="008807B8" w:rsidRDefault="004D6F79" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="360" w:firstLine="360"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="360" w:firstLine="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(check all that apply </w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> describe below)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3AE5BB39" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="0048695D" w:rsidRDefault="004D6F79" w:rsidP="0048695D">
+          <w:p w14:paraId="3AE5BB39" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="008807B8" w:rsidRDefault="004D6F79" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="360" w:firstLine="360"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="360" w:firstLine="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Check108"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="17" w:name="Check108"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="17"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  The conflicted investigator poses special skills, knowledge, techniques, resources, etc.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="747D9AC1" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="0048695D" w:rsidRDefault="004D6F79" w:rsidP="0048695D">
+          <w:p w14:paraId="747D9AC1" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="008807B8" w:rsidRDefault="004D6F79" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="360" w:firstLine="360"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="360" w:firstLine="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check109"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="Check109"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="18" w:name="Check109"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">  The nature of the work is such that </w:t>
+            <w:bookmarkEnd w:id="18"/>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  The nature of the work is such that the conflict cannot </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0048695D">
-[...5 lines deleted...]
-              <w:t>the conflict</w:t>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>have an effect on</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="0048695D">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> the outcome.  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B99056E" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="0048695D" w:rsidRDefault="004D6F79" w:rsidP="0048695D">
+          <w:p w14:paraId="4B99056E" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="008807B8" w:rsidRDefault="004D6F79" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="360" w:firstLine="360"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:ind w:left="360" w:firstLine="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="65B5C502" w14:textId="77777777" w:rsidR="004D6F79" w:rsidRPr="0048695D" w:rsidRDefault="004D6F79" w:rsidP="0048695D">
+          <w:p w14:paraId="65B5C502" w14:textId="7F683AB4" w:rsidR="004D6F79" w:rsidRPr="008807B8" w:rsidRDefault="004D6F79" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="427"/>
+              </w:tabs>
+              <w:ind w:left="1080" w:hanging="203"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
-[...97 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Describe: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-365140868"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00443047" w:rsidRPr="008807B8">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
           <w:p w14:paraId="1299C43A" w14:textId="77777777" w:rsidR="00F76086" w:rsidRPr="0048695D" w:rsidRDefault="00F76086" w:rsidP="0048695D">
             <w:pPr>
               <w:ind w:left="360" w:firstLine="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4DDBEF00" w14:textId="77777777" w:rsidR="00020973" w:rsidRDefault="00020973" w:rsidP="00E31CAB">
+    <w:p w14:paraId="4F909940" w14:textId="77777777" w:rsidR="00443047" w:rsidRPr="003E1017" w:rsidRDefault="00443047" w:rsidP="00E31CAB">
       <w:pPr>
         <w:ind w:left="261" w:hanging="261"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25BDF672" w14:textId="77777777" w:rsidR="003E1017" w:rsidRPr="003E1017" w:rsidRDefault="003E1017" w:rsidP="00E31CAB">
+      <w:pPr>
+        <w:ind w:left="261" w:hanging="261"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00020973" w:rsidRPr="0048695D" w14:paraId="7E77552A" w14:textId="77777777" w:rsidTr="79134A94">
+      <w:tr w:rsidR="00020973" w:rsidRPr="0048695D" w14:paraId="7E77552A" w14:textId="77777777" w:rsidTr="00C201EC">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F0098D5" w14:textId="0B4529E1" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="00B57915">
+          <w:p w14:paraId="3F0098D5" w14:textId="4B88E998" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="00C201EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0048695D">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SECTION III</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidR="003E1017" w:rsidRPr="0048695D">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>:  CONFLICT</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>: CONFLICT</w:t>
+            </w:r>
             <w:r w:rsidRPr="0048695D">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> MANAGEMENT TECHNIQUES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00020973" w:rsidRPr="0048695D" w14:paraId="5E0C6892" w14:textId="77777777" w:rsidTr="79134A94">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3461D779" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="552C6105" w14:textId="3D9EDF9E" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="552C6105" w14:textId="26004B16" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="720"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>A.  Management Mechanisms</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(check all that </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>apply)(</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>required in most cases)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="015CC2EC" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="015CC2EC" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check111"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Check111"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="19" w:name="Check111"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="19"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  The conflict will be disclosed in manuscripts, publications, presentations, etc. according to the norms of each publication venue.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="169884E8" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="169884E8" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Check112"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="20" w:name="Check112"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
-            <w:r w:rsidR="758549D8" w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="20"/>
+            <w:r w:rsidR="758549D8" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  The conflict will be disclosed to other research personnel (e.g., co-investigators, fellows, students).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="308A2B46" w14:textId="77777777" w:rsidR="000F0A24" w:rsidRDefault="000F0A24" w:rsidP="79134A94">
+          <w:p w14:paraId="308A2B46" w14:textId="77777777" w:rsidR="000F0A24" w:rsidRPr="008807B8" w:rsidRDefault="000F0A24" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="03DD5DCF" w14:textId="433C8A5C" w:rsidR="6446B13D" w:rsidRDefault="000F0A24" w:rsidP="79134A94">
+          <w:p w14:paraId="03DD5DCF" w14:textId="433C8A5C" w:rsidR="6446B13D" w:rsidRPr="008807B8" w:rsidRDefault="000F0A24" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check140"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="Check140"/>
-            <w:r>
+            <w:bookmarkStart w:id="21" w:name="Check140"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
-            <w:r>
+            <w:bookmarkEnd w:id="21"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="6446B13D" w:rsidRPr="79134A94">
+            <w:r w:rsidR="6446B13D" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">All research personnel on this study have completed and are </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="6446B13D" w:rsidRPr="79134A94">
+            <w:r w:rsidR="6446B13D" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>up-to-date</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="6446B13D" w:rsidRPr="79134A94">
+            <w:r w:rsidR="6446B13D" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> on </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="6446B13D" w:rsidRPr="79134A94">
+            <w:r w:rsidR="6446B13D" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Conflict of Interest</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="6446B13D" w:rsidRPr="79134A94">
+            <w:r w:rsidR="6446B13D" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> training</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CF2D8B6" w14:textId="77FC897C" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="3CF2D8B6" w14:textId="77FC897C" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="40551ECC" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="40551ECC" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(these may be specific to the study’s design – check all that apply)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07CF6F18" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="07CF6F18" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="Check114"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="22" w:name="Check114"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="22"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  The conflicted person will not be involved in the data collection or data entry.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65F499AD" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="65F499AD" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check115"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="Check115"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="23" w:name="Check115"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="23"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  The conflicted person will not be involved in data </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>analysis</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> or the dataset will be given to an independent statistician for analysis.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E94C0DE" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="3E94C0DE" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="000E4733">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check116"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="Check116"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="24" w:name="Check116"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="24"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  The protocol is an analysis of existing data </w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(check a box below)</w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69BA4416" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="69BA4416" w14:textId="2A68EAD5" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="00567A5C">
             <w:pPr>
-              <w:ind w:left="1080"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="203"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check117"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="Check117"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="25" w:name="Check117"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="25"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  data is de-identified     </w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check118"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="33" w:name="Check118"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="26" w:name="Check118"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="26"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  limited data set     </w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check119"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="Check119"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="27" w:name="Check119"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="27"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  other </w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(describe)</w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...99 lines deleted...]
-            <w:bookmarkEnd w:id="35"/>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-494261637"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00443047" w:rsidRPr="008807B8">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="1884237F" w14:textId="77777777" w:rsidR="00415FF0" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="1884237F" w14:textId="77777777" w:rsidR="00415FF0" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="00567A5C">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check120"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="36" w:name="Check120"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="28" w:name="Check120"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="36"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="28"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Non-conflicted individuals will be involved in study development (design, conduct, reporting.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77925368" w14:textId="52EF5216" w:rsidR="00415FF0" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="77925368" w14:textId="52EF5216" w:rsidR="00415FF0" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="00567A5C">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check121"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="37" w:name="Check121"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="29" w:name="Check121"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="37"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="29"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  This is a multi-site trial, at which Investigator’s </w:t>
             </w:r>
-            <w:r w:rsidR="00315E53">
+            <w:r w:rsidR="00315E53" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Employing I</w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>nstitution is just one site.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4176148D" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="4176148D" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="00567A5C">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check122"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="38" w:name="Check122"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="30" w:name="Check122"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="38"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="30"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  The study uses a blinded design (e.g., double- or triple-blind.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39306F8B" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="39306F8B" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="00567A5C">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check123"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="Check123"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="31" w:name="Check123"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="31"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  The study includes oversight by an independent advisory board that will monitor the data (e.g., Data Safety Monitoring Board, Scientific Advisory Board.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4036DA05" w14:textId="77777777" w:rsidR="008973DD" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="4036DA05" w14:textId="77777777" w:rsidR="008973DD" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="00567A5C">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check124"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="40" w:name="Check124"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="32" w:name="Check124"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="40"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="32"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  The study includes use of a clinical research organization/associate (CRO/CRA) which will monitor the conduct of the research.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30CEFDAD" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="30CEFDAD" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="00567A5C">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check125"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="41" w:name="Check125"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="33" w:name="Check125"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="41"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="33"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  A monitoring board has a priori rules (e.g., safety and efficacy) for stopping the study.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24632F91" w14:textId="3FC62FA6" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="758549D8" w:rsidP="006E417D">
+          <w:p w14:paraId="1FC39945" w14:textId="0C4A5DF1" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="758549D8" w:rsidP="00C201EC">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FC39945" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="18C104B6" w14:textId="54F1B5C7" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="00567A5C">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="923"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>B.   Additional Management Mechanisms</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(check all that apply)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:  </w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="18C104B6" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="662BB750" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="00567A5C">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
-[...53 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check128"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="42" w:name="Check128"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="34" w:name="Check128"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="42"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="34"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  The conflict has been</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/will be disclosed</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> to the IRB and the investigators agree to follow all IRB recommendations regarding conflict management.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FDC3FD9" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="4FDC3FD9" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="00567A5C">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check129"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="43" w:name="Check129"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:bookmarkStart w:id="35" w:name="Check129"/>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="43"/>
-[...12 lines deleted...]
-              <w:t>The COI will be disclosed to the sponsor of the research.</w:t>
+            <w:bookmarkEnd w:id="35"/>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  The COI will be disclosed to the sponsor of the research.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F883802" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="6F883802" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="00567A5C">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check130"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="44" w:name="Check130"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="36" w:name="Check130"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="44"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="36"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  The conflict will be disclosed to potential research participants during the informed consent process.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26896475" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="26896475" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="00567A5C">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check131"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="45" w:name="Check131"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="37" w:name="Check131"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="45"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="37"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  The conflicted person will not solicit informed consent.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67AA9812" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="67AA9812" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="00567A5C">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check132"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="46" w:name="Check132"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="38" w:name="Check132"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="46"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="38"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  A non-conflicted individual acts as research subjects’ advocate or ombudsperson.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39822773" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="39822773" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="00567A5C">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check133"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="47" w:name="Check133"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="39" w:name="Check133"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="47"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="39"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  The protocol presents no more than minimal risk to research subjects.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B6D607B" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="3B6D607B" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="00567A5C">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="563"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check134"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="48" w:name="Check134"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="40" w:name="Check134"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="48"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="40"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  The protocol will undergo increased frequency of continuing review and/or monitoring by the IRB.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34CE0A41" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="34CE0A41" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="0048695D">
             <w:pPr>
               <w:ind w:left="1080" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="71BA7797" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="71BA7797" w14:textId="7CF19873" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="00567A5C">
             <w:pPr>
-              <w:ind w:left="1080" w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1080" w:hanging="923"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>C.     Management mechanisms to reduce or eliminate the FCOI.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+              <w:t>C.   Management mechanisms to reduce or eliminate the FCOI.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(check all that apply and describe below)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62EBF3C5" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="476AB5DA" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="00567A5C">
             <w:pPr>
-              <w:ind w:left="360" w:firstLine="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="360" w:firstLine="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check135"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="49" w:name="Check135"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="41" w:name="Check135"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="49"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="41"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Modification of the research plan.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6047A9CE" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="6047A9CE" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="00567A5C">
             <w:pPr>
-              <w:ind w:left="360" w:firstLine="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="360" w:firstLine="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check136"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="50" w:name="Check136"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="42" w:name="Check136"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="50"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="42"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Change of </w:t>
             </w:r>
-            <w:r w:rsidR="004367CD" w:rsidRPr="0048695D">
+            <w:r w:rsidR="004367CD" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>study</w:t>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> personnel or personnel responsibilities.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F916310" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="7F916310" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="00567A5C">
             <w:pPr>
-              <w:ind w:left="360" w:firstLine="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="360" w:firstLine="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check137"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="51" w:name="Check137"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="43" w:name="Check137"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="51"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> interest (e.g., sale of any equity interest).</w:t>
+            <w:bookmarkEnd w:id="43"/>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Reduction or elimination of the financial interest (e.g., sale of any equity interest).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A40FBD7" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="5A40FBD7" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="008807B8" w:rsidRDefault="00020973" w:rsidP="00567A5C">
             <w:pPr>
-              <w:ind w:left="360" w:firstLine="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="360" w:firstLine="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check138"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="52" w:name="Check138"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="44" w:name="Check138"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="52"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="44"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Severance of any relationships that create financial conflicts of interest.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53334712" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="0048695D">
+          <w:p w14:paraId="61E494BA" w14:textId="69D381AE" w:rsidR="00443047" w:rsidRPr="0048695D" w:rsidRDefault="00020973" w:rsidP="00567A5C">
             <w:pPr>
-              <w:ind w:left="360" w:firstLine="360"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="360" w:firstLine="157"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check139"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="53" w:name="Check139"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkStart w:id="45" w:name="Check139"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="53"/>
-            <w:r w:rsidRPr="0048695D">
+            <w:bookmarkEnd w:id="45"/>
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Other</w:t>
             </w:r>
-          </w:p>
-[...119 lines deleted...]
-            <w:bookmarkEnd w:id="54"/>
+            <w:r w:rsidR="00567A5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>escribe</w:t>
+            </w:r>
+            <w:r w:rsidR="00567A5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-784266548"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00443047" w:rsidRPr="008807B8">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2946DB82" w14:textId="77777777" w:rsidR="00020973" w:rsidRDefault="00020973" w:rsidP="00E31CAB">
+    <w:p w14:paraId="2946DB82" w14:textId="77777777" w:rsidR="00020973" w:rsidRPr="00567A5C" w:rsidRDefault="00020973" w:rsidP="00E31CAB">
       <w:pPr>
         <w:ind w:left="261" w:hanging="261"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="772A597E" w14:textId="77777777" w:rsidR="00443047" w:rsidRPr="00567A5C" w:rsidRDefault="00443047" w:rsidP="00E31CAB">
+      <w:pPr>
+        <w:ind w:left="261" w:hanging="261"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00415FF0" w:rsidRPr="0048695D" w14:paraId="5DA2D96B" w14:textId="77777777" w:rsidTr="776B91E1">
+      <w:tr w:rsidR="00415FF0" w:rsidRPr="0048695D" w14:paraId="5DA2D96B" w14:textId="77777777" w:rsidTr="00C201EC">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59DEFCD2" w14:textId="3782EAAC" w:rsidR="00415FF0" w:rsidRPr="0048695D" w:rsidRDefault="00415FF0" w:rsidP="6A28D6E3">
+          <w:p w14:paraId="59DEFCD2" w14:textId="334D9172" w:rsidR="00415FF0" w:rsidRPr="0048695D" w:rsidRDefault="00415FF0" w:rsidP="00C201EC">
             <w:pPr>
               <w:ind w:left="261" w:hanging="261"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6A28D6E3">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>SECTION IV</w:t>
-[...21 lines deleted...]
-              <w:t>/CONFLICTED INVESTIGATOR: ACKNOWLEDGEMENT</w:t>
+              <w:t>SECTION IV: PI/CONFLICTED INVESTIGATOR: ACKNOWLEDGEMENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00415FF0" w:rsidRPr="0048695D" w14:paraId="0E485330" w14:textId="77777777" w:rsidTr="006E417D">
+      <w:tr w:rsidR="00415FF0" w:rsidRPr="0048695D" w14:paraId="0E485330" w14:textId="77777777" w:rsidTr="00C201EC">
         <w:trPr>
-          <w:trHeight w:val="4202"/>
+          <w:trHeight w:val="7982"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5997CC1D" w14:textId="77777777" w:rsidR="00415FF0" w:rsidRPr="0048695D" w:rsidRDefault="00415FF0" w:rsidP="0048695D">
             <w:pPr>
               <w:ind w:left="261" w:hanging="261"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="104D7BE2" w14:textId="77777777" w:rsidR="00415FF0" w:rsidRPr="0048695D" w:rsidRDefault="00415FF0" w:rsidP="0048695D">
+          <w:p w14:paraId="104D7BE2" w14:textId="77777777" w:rsidR="00415FF0" w:rsidRPr="008807B8" w:rsidRDefault="00415FF0" w:rsidP="0048695D">
             <w:pPr>
               <w:ind w:left="261" w:hanging="261"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>By signing, the principal investigator and any conflicted investigators in the above-named study attests that:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75577BEF" w14:textId="3E2B8290" w:rsidR="00415FF0" w:rsidRPr="0048695D" w:rsidRDefault="00415FF0" w:rsidP="0048695D">
+          <w:p w14:paraId="75577BEF" w14:textId="3E2B8290" w:rsidR="00415FF0" w:rsidRPr="008807B8" w:rsidRDefault="00415FF0" w:rsidP="000E4733">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="num" w:pos="607"/>
+              </w:tabs>
+              <w:ind w:left="337" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> agrees to comply with the management mechanisms described herein.</w:t>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>He/She agrees to comply with the management mechanisms described herein.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CE1F8E5" w14:textId="77777777" w:rsidR="00415FF0" w:rsidRPr="0048695D" w:rsidRDefault="00415FF0" w:rsidP="0048695D">
+          <w:p w14:paraId="0CE1F8E5" w14:textId="77777777" w:rsidR="00415FF0" w:rsidRPr="008807B8" w:rsidRDefault="00415FF0" w:rsidP="000E4733">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
+              <w:ind w:left="337" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The information presented in this document is complete, accurate, and true to the best of his/her knowledge.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1853F532" w14:textId="2AABA4F4" w:rsidR="00415FF0" w:rsidRPr="0048695D" w:rsidRDefault="00415FF0" w:rsidP="0048695D">
+          <w:p w14:paraId="1853F532" w14:textId="2AABA4F4" w:rsidR="00415FF0" w:rsidRDefault="00415FF0" w:rsidP="000E4733">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
+              <w:ind w:left="337" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="776B91E1">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>He/She will update the</w:t>
             </w:r>
-            <w:r w:rsidR="52DBE606" w:rsidRPr="776B91E1">
+            <w:r w:rsidR="52DBE606" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> disclosure and</w:t>
             </w:r>
-            <w:r w:rsidRPr="776B91E1">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> management plan if there are any changes or within 30 days of discovering or acquiring any </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="776B91E1">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>new significant</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="776B91E1">
+            <w:r w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> financial relationships or changes in the reported relationship(s).  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="110FFD37" w14:textId="77777777" w:rsidR="00415FF0" w:rsidRPr="0048695D" w:rsidRDefault="00415FF0" w:rsidP="0048695D">
+          <w:p w14:paraId="3D2465E5" w14:textId="77777777" w:rsidR="00567A5C" w:rsidRPr="008807B8" w:rsidRDefault="00567A5C" w:rsidP="00567A5C">
+            <w:pPr>
+              <w:ind w:left="337"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="110FFD37" w14:textId="77777777" w:rsidR="00415FF0" w:rsidRPr="008807B8" w:rsidRDefault="00415FF0" w:rsidP="0048695D">
             <w:pPr>
               <w:ind w:left="261" w:hanging="261"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7497ED10" w14:textId="77777777" w:rsidR="00415FF0" w:rsidRPr="0048695D" w:rsidRDefault="00415FF0" w:rsidP="0048695D">
+          <w:p w14:paraId="283AE7BC" w14:textId="631F2E24" w:rsidR="00567A5C" w:rsidRDefault="00415FF0" w:rsidP="0076471C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Principal Investigator’s Name</w:t>
+            </w:r>
+            <w:r w:rsidR="00567A5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="113340825"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00567A5C" w:rsidRPr="00D811E7">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00567A5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="0076471C">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4147C580" w14:textId="77777777" w:rsidR="00442C1E" w:rsidRDefault="00442C1E" w:rsidP="0076471C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="699EC087" w14:textId="42A451F5" w:rsidR="0076471C" w:rsidRPr="008807B8" w:rsidRDefault="00442C1E" w:rsidP="0076471C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">___________________________________________________________                                  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1273205944"/>
+                <w:placeholder>
+                  <w:docPart w:val="561B2AB18D6D40B6AEFDE98AE51FB888"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:date>
+                  <w:dateFormat w:val="M/d/yyyy"/>
+                  <w:lid w:val="en-US"/>
+                  <w:storeMappedDataAs w:val="dateTime"/>
+                  <w:calendar w:val="gregorian"/>
+                </w:date>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="008807B8">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap to enter a date.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="0A4CE8AB" w14:textId="201FBFEC" w:rsidR="0076471C" w:rsidRPr="008807B8" w:rsidRDefault="0076471C" w:rsidP="0076471C">
             <w:pPr>
               <w:ind w:left="261" w:hanging="261"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
-[...124 lines deleted...]
-            <w:bookmarkEnd w:id="55"/>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Principal Investigator’s </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Signature</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="781C1858" w14:textId="77777777" w:rsidR="00415FF0" w:rsidRPr="0048695D" w:rsidRDefault="00415FF0" w:rsidP="0048695D">
+          <w:p w14:paraId="781C1858" w14:textId="438691A2" w:rsidR="00415FF0" w:rsidRPr="008807B8" w:rsidRDefault="00415FF0" w:rsidP="0048695D">
             <w:pPr>
               <w:ind w:left="261" w:hanging="261"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="3FE9F23F" w14:textId="77777777" w:rsidR="00415FF0" w:rsidRPr="0048695D" w:rsidRDefault="00415FF0" w:rsidP="0048695D">
+          <w:p w14:paraId="3FE9F23F" w14:textId="77777777" w:rsidR="00415FF0" w:rsidRPr="008807B8" w:rsidRDefault="00415FF0" w:rsidP="0048695D">
             <w:pPr>
               <w:ind w:left="261" w:hanging="261"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2494AC9B" w14:textId="77777777" w:rsidR="00415FF0" w:rsidRPr="0048695D" w:rsidRDefault="00415FF0" w:rsidP="0048695D">
+          <w:p w14:paraId="034E11E8" w14:textId="5BB94829" w:rsidR="0076471C" w:rsidRDefault="00415FF0" w:rsidP="0076471C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Conflicted Investigator’s Name (if different from PI)</w:t>
+            </w:r>
+            <w:r w:rsidR="00442C1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1533994365"/>
+                <w:placeholder>
+                  <w:docPart w:val="68958CA39AAA4F20A6CAF7470AD08702"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00442C1E" w:rsidRPr="00D811E7">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00442C1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="770A3289" w14:textId="77777777" w:rsidR="00567A5C" w:rsidRDefault="00567A5C" w:rsidP="0076471C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06D7AFEB" w14:textId="77777777" w:rsidR="00442C1E" w:rsidRDefault="00442C1E" w:rsidP="0076471C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C3A942A" w14:textId="63E92C1C" w:rsidR="0076471C" w:rsidRPr="008807B8" w:rsidRDefault="0076471C" w:rsidP="0076471C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>___________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">Date: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-594241916"/>
+                <w:placeholder>
+                  <w:docPart w:val="E222CDB6BD254C20AEE88A8935BBA6CB"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:date>
+                  <w:dateFormat w:val="M/d/yyyy"/>
+                  <w:lid w:val="en-US"/>
+                  <w:storeMappedDataAs w:val="dateTime"/>
+                  <w:calendar w:val="gregorian"/>
+                </w:date>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="008807B8">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap to enter a date.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="4E52F1B7" w14:textId="73581473" w:rsidR="0076471C" w:rsidRDefault="0076471C" w:rsidP="0076471C">
             <w:pPr>
               <w:ind w:left="261" w:hanging="261"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
-[...124 lines deleted...]
-            <w:bookmarkEnd w:id="56"/>
+            <w:r w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conflicted Investigator’s </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Signature</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="58356157" w14:textId="77777777" w:rsidR="00415FF0" w:rsidRPr="0048695D" w:rsidRDefault="00415FF0" w:rsidP="0048695D">
+          <w:p w14:paraId="56002EF4" w14:textId="77777777" w:rsidR="001A49E9" w:rsidRDefault="001A49E9" w:rsidP="0076471C">
             <w:pPr>
               <w:ind w:left="261" w:hanging="261"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0048695D">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="1F72F646" w14:textId="77777777" w:rsidR="00415FF0" w:rsidRPr="0048695D" w:rsidRDefault="00415FF0" w:rsidP="0048695D">
+          <w:p w14:paraId="5CF507B1" w14:textId="77777777" w:rsidR="001A49E9" w:rsidRPr="0039679A" w:rsidRDefault="001A49E9" w:rsidP="000E4733">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>You may use this box to upload a scanned signature if desired.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F72F646" w14:textId="409A6C85" w:rsidR="00415FF0" w:rsidRPr="0048695D" w:rsidRDefault="001A49E9" w:rsidP="001A49E9">
+            <w:pPr>
+              <w:ind w:left="261" w:hanging="261"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1756636021"/>
+                <w:showingPlcHdr/>
+                <w:picture/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:noProof/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:drawing>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E0DA026" wp14:editId="4BD57323">
+                      <wp:extent cx="6289482" cy="1192454"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+                      <wp:docPr id="1735568252" name="Picture 1"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:nvPicPr>
+                              <pic:cNvPr id="1735568252" name="Picture 1"/>
+                              <pic:cNvPicPr>
+                                <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                              </pic:cNvPicPr>
+                            </pic:nvPicPr>
+                            <pic:blipFill>
+                              <a:blip r:embed="rId11">
+                                <a:extLst>
+                                  <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                    <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                  </a:ext>
+                                </a:extLst>
+                              </a:blip>
+                              <a:srcRect/>
+                              <a:stretch>
+                                <a:fillRect/>
+                              </a:stretch>
+                            </pic:blipFill>
+                            <pic:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="6295783" cy="1193649"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </pic:spPr>
+                          </pic:pic>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:inline>
+                  </w:drawing>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="08CE6F91" w14:textId="77777777" w:rsidR="00415FF0" w:rsidRDefault="00415FF0" w:rsidP="00B57915">
-[...11 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+    <w:p w14:paraId="08CE6F91" w14:textId="77777777" w:rsidR="00415FF0" w:rsidRDefault="00415FF0" w:rsidP="00C201EC"/>
+    <w:sectPr w:rsidR="00415FF0" w:rsidSect="003E1017">
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="864" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:titlePg/>
+      <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6BB9E253" w14:textId="77777777" w:rsidR="005B2657" w:rsidRDefault="005B2657">
+    <w:p w14:paraId="5F4A166D" w14:textId="77777777" w:rsidR="00956A47" w:rsidRDefault="00956A47">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="23DE523C" w14:textId="77777777" w:rsidR="005B2657" w:rsidRDefault="005B2657">
+    <w:p w14:paraId="3BCF5D2C" w14:textId="77777777" w:rsidR="00956A47" w:rsidRDefault="00956A47">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OCR-A">
     <w:altName w:val="Symbol"/>
     <w:charset w:val="02"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Monotype Sorts">
@@ -6920,120 +6306,120 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Unicode MS">
-[...8 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="09FC05C9" w14:textId="0D3EA496" w:rsidR="00FB36D3" w:rsidRDefault="00FB36D3" w:rsidP="00FB36D3">
+  <w:p w14:paraId="09FC05C9" w14:textId="62577A00" w:rsidR="00FB36D3" w:rsidRDefault="00FB36D3" w:rsidP="00FB36D3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="008A17C3">
       <w:t xml:space="preserve">ersion </w:t>
     </w:r>
     <w:r w:rsidR="00DE5190">
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="001739E3">
-      <w:t>.0</w:t>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidR="00443047">
+      <w:t>1</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3FFAA4EA" w14:textId="5A129A70" w:rsidR="00FB36D3" w:rsidRDefault="001739E3" w:rsidP="00FB36D3">
+  <w:p w14:paraId="3FFAA4EA" w14:textId="2A91F47A" w:rsidR="00FB36D3" w:rsidRDefault="001739E3" w:rsidP="00FB36D3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
-      <w:t>10/31/2025</w:t>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00443047">
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="00443047">
+      <w:t>26</w:t>
+    </w:r>
+    <w:r>
+      <w:t>/2025</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="738610EB" w14:textId="77777777" w:rsidR="00FB36D3" w:rsidRDefault="00FB36D3" w:rsidP="00FB36D3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="605BFAB3" w14:textId="77777777" w:rsidR="00FB36D3" w:rsidRDefault="00FB36D3" w:rsidP="00FB36D3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
@@ -7059,70 +6445,85 @@
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r w:rsidR="00BF535D">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4922EBAF" w14:textId="77777777" w:rsidR="001739E3" w:rsidRDefault="001739E3" w:rsidP="00FB36D3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="456D39D9" w14:textId="4DAE9D1E" w:rsidR="001739E3" w:rsidRDefault="001739E3" w:rsidP="00FB36D3">
+  <w:p w14:paraId="456D39D9" w14:textId="3C5CA484" w:rsidR="001739E3" w:rsidRDefault="001739E3" w:rsidP="00FB36D3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Version </w:t>
     </w:r>
     <w:r w:rsidR="00DE5190">
       <w:t>1</w:t>
     </w:r>
     <w:r>
-      <w:t>.0</w:t>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidR="00443047">
+      <w:t>1</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="37BC534F" w14:textId="7467C695" w:rsidR="001739E3" w:rsidRDefault="001739E3" w:rsidP="00FB36D3">
+  <w:p w14:paraId="37BC534F" w14:textId="55DAD84C" w:rsidR="001739E3" w:rsidRDefault="001739E3" w:rsidP="00FB36D3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
-      <w:t>10/31/2025</w:t>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00443047">
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="003E1017">
+      <w:t>31</w:t>
+    </w:r>
+    <w:r>
+      <w:t>/2025</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="144A5D23" w14:textId="4AF13DF1" w:rsidR="000934A9" w:rsidRDefault="00FB36D3" w:rsidP="006E417D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:line="259" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="6A28D6E3">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="6A28D6E3">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="6A28D6E3">
@@ -7223,135 +6624,67 @@
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00FB36D3">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r w:rsidR="00BF535D">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="07547A01" w14:textId="77777777" w:rsidR="005B2657" w:rsidRDefault="005B2657">
+    <w:p w14:paraId="619CFE61" w14:textId="77777777" w:rsidR="00956A47" w:rsidRDefault="00956A47">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5043CB0F" w14:textId="77777777" w:rsidR="005B2657" w:rsidRDefault="005B2657">
+    <w:p w14:paraId="15E52EC1" w14:textId="77777777" w:rsidR="00956A47" w:rsidRDefault="00956A47">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...66 lines deleted...]
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="74B3985A" w14:textId="77777777" w:rsidR="000934A9" w:rsidRDefault="00FB36D3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t>Part II: Significant Financial</w:t>
     </w:r>
     <w:r w:rsidR="006E36AC">
       <w:t xml:space="preserve"> Interest Disclosure Form</w:t>
     </w:r>
     <w:r w:rsidR="000934A9">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="000934A9">
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="0ADB4F86" w14:textId="46E78B61" w:rsidR="000934A9" w:rsidRDefault="000934A9" w:rsidP="3F9C065F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="6915"/>
@@ -9600,220 +8933,241 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1987277117">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="2115395811">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="488979889">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2083670953">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1362781323">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1803814429">
     <w:abstractNumId w:val="20"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:trackRevisions/>
+  <w:revisionView w:markup="0"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="f0xOjNufxWo/5mT45h25ZwcdfTbIKZjscJhRmu/gnhzD6OcBOUrN1TMItqQOrDWujD5rqHNXooHabFsCBycvMw==" w:salt="kMKneZPhiDvhweJjCRtTpQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
-  <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D79BA"/>
     <w:rsid w:val="00003FE7"/>
     <w:rsid w:val="00020973"/>
     <w:rsid w:val="00055555"/>
     <w:rsid w:val="0006460B"/>
     <w:rsid w:val="00092BD5"/>
     <w:rsid w:val="000934A9"/>
     <w:rsid w:val="000A0F7F"/>
     <w:rsid w:val="000A287C"/>
     <w:rsid w:val="000B0EA5"/>
     <w:rsid w:val="000D308A"/>
     <w:rsid w:val="000D7895"/>
+    <w:rsid w:val="000E4733"/>
     <w:rsid w:val="000F0A24"/>
     <w:rsid w:val="001450BB"/>
     <w:rsid w:val="0015140B"/>
     <w:rsid w:val="001739E3"/>
     <w:rsid w:val="00183EEF"/>
     <w:rsid w:val="00194C2C"/>
+    <w:rsid w:val="001A49E9"/>
     <w:rsid w:val="001C2EC8"/>
     <w:rsid w:val="001C32B6"/>
     <w:rsid w:val="001C67DA"/>
+    <w:rsid w:val="001E4DF5"/>
     <w:rsid w:val="00205958"/>
     <w:rsid w:val="00224B05"/>
+    <w:rsid w:val="002424F7"/>
     <w:rsid w:val="002C0AFF"/>
     <w:rsid w:val="002C4C10"/>
     <w:rsid w:val="002E893D"/>
     <w:rsid w:val="00305AC1"/>
     <w:rsid w:val="00315E53"/>
     <w:rsid w:val="003545AC"/>
     <w:rsid w:val="00391785"/>
     <w:rsid w:val="00396B55"/>
     <w:rsid w:val="003B4F85"/>
     <w:rsid w:val="003D7EFA"/>
+    <w:rsid w:val="003E1017"/>
     <w:rsid w:val="003E1FDC"/>
     <w:rsid w:val="00415FF0"/>
     <w:rsid w:val="004367CD"/>
+    <w:rsid w:val="00442C1E"/>
+    <w:rsid w:val="00443047"/>
     <w:rsid w:val="00443167"/>
     <w:rsid w:val="0048695D"/>
     <w:rsid w:val="004A2ADF"/>
     <w:rsid w:val="004A7961"/>
     <w:rsid w:val="004D6F79"/>
     <w:rsid w:val="004E55A3"/>
     <w:rsid w:val="00516DAE"/>
+    <w:rsid w:val="00521FE5"/>
     <w:rsid w:val="00534D6A"/>
     <w:rsid w:val="00541407"/>
     <w:rsid w:val="00554463"/>
+    <w:rsid w:val="00567A5C"/>
     <w:rsid w:val="00574498"/>
     <w:rsid w:val="005B2657"/>
     <w:rsid w:val="005B6C75"/>
     <w:rsid w:val="005C7870"/>
     <w:rsid w:val="00603064"/>
     <w:rsid w:val="00632C9D"/>
     <w:rsid w:val="006373A6"/>
     <w:rsid w:val="00640696"/>
     <w:rsid w:val="00666714"/>
     <w:rsid w:val="006B3A58"/>
     <w:rsid w:val="006E36AC"/>
     <w:rsid w:val="006E417D"/>
     <w:rsid w:val="006E6A32"/>
+    <w:rsid w:val="006F227E"/>
+    <w:rsid w:val="00750190"/>
+    <w:rsid w:val="0076471C"/>
     <w:rsid w:val="0076734A"/>
     <w:rsid w:val="0077149E"/>
     <w:rsid w:val="007B094E"/>
     <w:rsid w:val="007C44DB"/>
+    <w:rsid w:val="007D75D8"/>
     <w:rsid w:val="007F4F0B"/>
     <w:rsid w:val="0080319D"/>
     <w:rsid w:val="00804532"/>
     <w:rsid w:val="00804D10"/>
     <w:rsid w:val="00810A93"/>
     <w:rsid w:val="00826F70"/>
     <w:rsid w:val="0084049E"/>
+    <w:rsid w:val="008807B8"/>
     <w:rsid w:val="00894215"/>
     <w:rsid w:val="008973DD"/>
     <w:rsid w:val="008A174C"/>
     <w:rsid w:val="008A17C3"/>
     <w:rsid w:val="008A72BF"/>
     <w:rsid w:val="0090382F"/>
     <w:rsid w:val="00904576"/>
+    <w:rsid w:val="00912B9F"/>
     <w:rsid w:val="0092386C"/>
+    <w:rsid w:val="00956A47"/>
     <w:rsid w:val="009D79BA"/>
     <w:rsid w:val="009F7022"/>
     <w:rsid w:val="00A2022E"/>
     <w:rsid w:val="00A20254"/>
     <w:rsid w:val="00A37BFC"/>
+    <w:rsid w:val="00A4622E"/>
     <w:rsid w:val="00A84F46"/>
     <w:rsid w:val="00A851F3"/>
     <w:rsid w:val="00AA129B"/>
     <w:rsid w:val="00AC617B"/>
     <w:rsid w:val="00AE34C3"/>
     <w:rsid w:val="00B34E7F"/>
     <w:rsid w:val="00B57915"/>
     <w:rsid w:val="00B6501E"/>
     <w:rsid w:val="00B94F52"/>
     <w:rsid w:val="00BC4110"/>
     <w:rsid w:val="00BC7677"/>
     <w:rsid w:val="00BF52C9"/>
     <w:rsid w:val="00BF535D"/>
+    <w:rsid w:val="00C201EC"/>
     <w:rsid w:val="00C53F6D"/>
     <w:rsid w:val="00C5718E"/>
     <w:rsid w:val="00C57D9E"/>
     <w:rsid w:val="00C65AFF"/>
     <w:rsid w:val="00C93613"/>
     <w:rsid w:val="00CD4FCC"/>
     <w:rsid w:val="00CD7AE9"/>
     <w:rsid w:val="00CE3930"/>
     <w:rsid w:val="00CE5B32"/>
+    <w:rsid w:val="00CF1A38"/>
     <w:rsid w:val="00D03B60"/>
     <w:rsid w:val="00D16D1A"/>
     <w:rsid w:val="00D207F8"/>
     <w:rsid w:val="00D32276"/>
     <w:rsid w:val="00D325D9"/>
     <w:rsid w:val="00D52AEE"/>
     <w:rsid w:val="00D67F1B"/>
     <w:rsid w:val="00D8569A"/>
     <w:rsid w:val="00D93B16"/>
     <w:rsid w:val="00DA0242"/>
     <w:rsid w:val="00DC5BFE"/>
     <w:rsid w:val="00DE5190"/>
     <w:rsid w:val="00E13E84"/>
     <w:rsid w:val="00E161BC"/>
     <w:rsid w:val="00E31CAB"/>
     <w:rsid w:val="00E44422"/>
     <w:rsid w:val="00E50654"/>
     <w:rsid w:val="00E66769"/>
     <w:rsid w:val="00E878D4"/>
     <w:rsid w:val="00EE09DA"/>
     <w:rsid w:val="00F06E62"/>
+    <w:rsid w:val="00F165D5"/>
     <w:rsid w:val="00F509D3"/>
     <w:rsid w:val="00F75033"/>
     <w:rsid w:val="00F76086"/>
     <w:rsid w:val="00F90B50"/>
     <w:rsid w:val="00FB36D3"/>
     <w:rsid w:val="00FD10CC"/>
     <w:rsid w:val="00FD7FF6"/>
+    <w:rsid w:val="00FF3308"/>
     <w:rsid w:val="022D45CB"/>
     <w:rsid w:val="0258C610"/>
     <w:rsid w:val="0265842F"/>
     <w:rsid w:val="066A34D5"/>
     <w:rsid w:val="091828D2"/>
     <w:rsid w:val="09978781"/>
     <w:rsid w:val="09E0D023"/>
     <w:rsid w:val="0A1FCB8F"/>
     <w:rsid w:val="0A21B1FF"/>
     <w:rsid w:val="0B959F05"/>
     <w:rsid w:val="0D261E50"/>
     <w:rsid w:val="0D93AEBF"/>
     <w:rsid w:val="16E69C26"/>
     <w:rsid w:val="17AC0551"/>
     <w:rsid w:val="190B4CA4"/>
     <w:rsid w:val="1B7E0030"/>
     <w:rsid w:val="1F445308"/>
     <w:rsid w:val="2035B50A"/>
     <w:rsid w:val="20F64EA3"/>
     <w:rsid w:val="2132474C"/>
     <w:rsid w:val="284FC24B"/>
     <w:rsid w:val="28544B27"/>
     <w:rsid w:val="28C28299"/>
     <w:rsid w:val="297A929A"/>
     <w:rsid w:val="29A63282"/>
@@ -10520,61 +9874,852 @@
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:semiHidden/>
     <w:rsid w:val="00C65AFF"/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="00C65AFF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00443047"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0D795958-40FE-43FA-856B-249551763728}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E37027" w:rsidRDefault="0082511F">
+          <w:r w:rsidRPr="00D811E7">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A60103DD409341C59BD97C1B03C9BD4E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1C65F7FE-530F-46E5-82AA-3C12FD58A428}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D20E3B" w:rsidRDefault="006444F8" w:rsidP="006444F8">
+          <w:pPr>
+            <w:pStyle w:val="A60103DD409341C59BD97C1B03C9BD4E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D811E7">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E222CDB6BD254C20AEE88A8935BBA6CB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{37A98386-CCEB-414F-8124-6B1EB3979D20}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D20E3B" w:rsidRDefault="006444F8" w:rsidP="006444F8">
+          <w:pPr>
+            <w:pStyle w:val="E222CDB6BD254C20AEE88A8935BBA6CB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D811E7">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="68958CA39AAA4F20A6CAF7470AD08702"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BECAC58C-7471-4287-9DB1-CC61529E5006}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D20E3B" w:rsidRDefault="006444F8" w:rsidP="006444F8">
+          <w:pPr>
+            <w:pStyle w:val="68958CA39AAA4F20A6CAF7470AD08702"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D811E7">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="561B2AB18D6D40B6AEFDE98AE51FB888"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C1809CE2-CF32-4051-A898-FECACBA95087}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D20E3B" w:rsidRDefault="006444F8" w:rsidP="006444F8">
+          <w:pPr>
+            <w:pStyle w:val="561B2AB18D6D40B6AEFDE98AE51FB888"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D811E7">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="OCR-A">
+    <w:altName w:val="Symbol"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Monotype Sorts">
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="0082511F"/>
+    <w:rsid w:val="000111A9"/>
+    <w:rsid w:val="006444F8"/>
+    <w:rsid w:val="0082511F"/>
+    <w:rsid w:val="00912B9F"/>
+    <w:rsid w:val="00CF1A38"/>
+    <w:rsid w:val="00D20E3B"/>
+    <w:rsid w:val="00E37027"/>
+    <w:rsid w:val="00FF3308"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006444F8"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A60103DD409341C59BD97C1B03C9BD4E">
+    <w:name w:val="A60103DD409341C59BD97C1B03C9BD4E"/>
+    <w:rsid w:val="006444F8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="72F8F73C9109474B8EF1AC21B7F0CF83">
+    <w:name w:val="72F8F73C9109474B8EF1AC21B7F0CF83"/>
+    <w:rsid w:val="006444F8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E222CDB6BD254C20AEE88A8935BBA6CB">
+    <w:name w:val="E222CDB6BD254C20AEE88A8935BBA6CB"/>
+    <w:rsid w:val="006444F8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A6296706CF0A4B2980B76AE5A5244E71">
+    <w:name w:val="A6296706CF0A4B2980B76AE5A5244E71"/>
+    <w:rsid w:val="006444F8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="68958CA39AAA4F20A6CAF7470AD08702">
+    <w:name w:val="68958CA39AAA4F20A6CAF7470AD08702"/>
+    <w:rsid w:val="006444F8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="48C68DB8CF034C378095C25184CC12A1">
+    <w:name w:val="48C68DB8CF034C378095C25184CC12A1"/>
+    <w:rsid w:val="006444F8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="561B2AB18D6D40B6AEFDE98AE51FB888">
+    <w:name w:val="561B2AB18D6D40B6AEFDE98AE51FB888"/>
+    <w:rsid w:val="006444F8"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10845,65 +10990,69 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003917703FA7E8274482D4DE833E71A51D" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a960163a0516e27c42a259152d83978a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8979785b-1eee-4ce8-8e68-12b62c124df4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3a7e6c6349fbe1e04f22727070d55ae1" ns2:_="">
     <xsd:import namespace="8979785b-1eee-4ce8-8e68-12b62c124df4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8979785b-1eee-4ce8-8e68-12b62c124df4" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
@@ -10997,112 +11146,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09EB565C-A94C-4B85-9315-53FB41B4C8F0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5FBB341C-801E-432C-A8FC-3F61025CA977}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09EB565C-A94C-4B85-9315-53FB41B4C8F0}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B87A85EE-86B3-4CDE-917F-AC0A857D749E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{22DA2BE8-39E8-491F-BF76-809E49A28F82}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8979785b-1eee-4ce8-8e68-12b62c124df4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>848</Words>
-  <Characters>4992</Characters>
+  <Words>1148</Words>
+  <Characters>6455</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>128</Lines>
-  <Paragraphs>78</Paragraphs>
+  <Lines>157</Lines>
+  <Paragraphs>110</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>NYU</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Ropes &amp; Gray</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6130</CharactersWithSpaces>
+  <CharactersWithSpaces>7493</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NYU</dc:title>
   <dc:subject/>
   <dc:creator>Ropes &amp; Gray</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003917703FA7E8274482D4DE833E71A51D</vt:lpwstr>
   </property>