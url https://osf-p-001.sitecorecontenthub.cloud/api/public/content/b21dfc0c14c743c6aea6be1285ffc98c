--- v0 (2025-12-03)
+++ v1 (2026-01-09)
@@ -1,9268 +1,7932 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="744E3697" w14:textId="77777777" w:rsidR="000B0EA5" w:rsidRDefault="000B0EA5" w:rsidP="000B0EA5"/>
-    <w:p w14:paraId="7791280D" w14:textId="77777777" w:rsidR="00650591" w:rsidRDefault="00650591" w:rsidP="00205958">
+    <w:p w14:paraId="0B2D264C" w14:textId="7B763C8E" w:rsidR="00504CC5" w:rsidRPr="0039679A" w:rsidRDefault="00000C74" w:rsidP="00205958">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0039679A">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Part I: </w:t>
       </w:r>
-      <w:r w:rsidR="00650591" w:rsidRPr="00650591">
+      <w:r w:rsidR="00650591" w:rsidRPr="0039679A">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>SIGNIFICANT FINANCIAL I</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0039679A">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>NTEREST DISCLOSURE FORM</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E22E083" w14:textId="77777777" w:rsidR="00650591" w:rsidRPr="00504CC5" w:rsidRDefault="00650591" w:rsidP="00205958">
+    <w:p w14:paraId="5E22E083" w14:textId="77777777" w:rsidR="00650591" w:rsidRDefault="00650591" w:rsidP="00205958">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10795" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10795"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B0EA5" w:rsidRPr="0075245F" w14:paraId="2E69DE27" w14:textId="77777777" w:rsidTr="00CB7173">
+      <w:tr w:rsidR="000B0EA5" w:rsidRPr="0039679A" w14:paraId="2E69DE27" w14:textId="77777777" w:rsidTr="000D3957">
         <w:trPr>
-          <w:trHeight w:val="420"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FC7C8A8" w14:textId="3876C3B6" w:rsidR="00AE34C3" w:rsidRPr="0075245F" w:rsidRDefault="000B0EA5" w:rsidP="17F1E62A">
+          <w:p w14:paraId="7FC7C8A8" w14:textId="3876C3B6" w:rsidR="00AE34C3" w:rsidRPr="0039679A" w:rsidRDefault="000B0EA5" w:rsidP="00B34E24">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="17F1E62A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">SECTION </w:t>
             </w:r>
-            <w:r w:rsidR="000A0F7F" w:rsidRPr="17F1E62A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="000A0F7F" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
-            <w:r w:rsidRPr="17F1E62A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: RESEARCH </w:t>
             </w:r>
-            <w:r w:rsidR="00D03B60" w:rsidRPr="17F1E62A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="00D03B60" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PROTOCOL</w:t>
             </w:r>
-            <w:r w:rsidRPr="17F1E62A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> INFORMATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00205958" w:rsidRPr="0075245F" w14:paraId="37D29EEB" w14:textId="77777777" w:rsidTr="00CB7173">
+      <w:tr w:rsidR="00205958" w:rsidRPr="0039679A" w14:paraId="37D29EEB" w14:textId="77777777" w:rsidTr="00CB7173">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E7C413B" w14:textId="77777777" w:rsidR="00666714" w:rsidRPr="0075245F" w:rsidRDefault="00666714" w:rsidP="0075245F">
+          <w:p w14:paraId="2E7C413B" w14:textId="77777777" w:rsidR="00666714" w:rsidRPr="00290DED" w:rsidRDefault="00666714" w:rsidP="0075245F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5595"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6FDF3DB6" w14:textId="151D2442" w:rsidR="001A741D" w:rsidRPr="0075245F" w:rsidRDefault="001A741D" w:rsidP="0075245F">
+          <w:p w14:paraId="6FDF3DB6" w14:textId="63EF6B7C" w:rsidR="001A741D" w:rsidRPr="00290DED" w:rsidRDefault="001A741D" w:rsidP="0075245F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5595"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Sponsored study</w:t>
+            </w:r>
+            <w:r w:rsidR="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+            <w:r w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Non-sponsored</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> study</w:t>
             </w:r>
-            <w:r w:rsidR="00650591" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="00650591" w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (greater than minimal risk studies)</w:t>
             </w:r>
+            <w:r w:rsidR="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="624F61AE" w14:textId="77777777" w:rsidR="001A741D" w:rsidRPr="0075245F" w:rsidRDefault="001A741D" w:rsidP="0075245F">
+          <w:p w14:paraId="624F61AE" w14:textId="77777777" w:rsidR="001A741D" w:rsidRPr="00290DED" w:rsidRDefault="001A741D" w:rsidP="0075245F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5595"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7F4DDD2F" w14:textId="2A39AACF" w:rsidR="001A741D" w:rsidRPr="0075245F" w:rsidRDefault="001A741D" w:rsidP="0075245F">
+          <w:p w14:paraId="7F4DDD2F" w14:textId="7991E711" w:rsidR="001A741D" w:rsidRPr="00290DED" w:rsidRDefault="001A741D" w:rsidP="0075245F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5130"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...207 lines deleted...]
-              <w:t xml:space="preserve">                                                                                   </w:t>
+            <w:r w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name of Sponsor: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-1743635600"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0039679A" w:rsidRPr="00290DED">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="692B61C3" w14:textId="77777777" w:rsidR="001A741D" w:rsidRPr="0075245F" w:rsidRDefault="001A741D" w:rsidP="0075245F">
+          <w:p w14:paraId="692B61C3" w14:textId="77777777" w:rsidR="001A741D" w:rsidRPr="00290DED" w:rsidRDefault="001A741D" w:rsidP="0075245F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5595"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="40526243" w14:textId="77777777" w:rsidR="00205958" w:rsidRPr="0075245F" w:rsidRDefault="00205958" w:rsidP="0075245F">
+          <w:p w14:paraId="48512760" w14:textId="36DDE473" w:rsidR="00205958" w:rsidRPr="00290DED" w:rsidRDefault="00205958" w:rsidP="00290DED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5130"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
-            <w:r w:rsidR="00147A29" w:rsidRPr="0075245F">
-[...224 lines deleted...]
-            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidR="0039679A" w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="342675063"/>
+                <w:placeholder>
+                  <w:docPart w:val="2F6A2348326C445CB5264CC039977752"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0039679A" w:rsidRPr="00290DED">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="00290DED" w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-300161401"/>
+                <w:placeholder>
+                  <w:docPart w:val="3E53AFA9229242619C551452FD0BF5B8"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:date>
+                  <w:dateFormat w:val="M/d/yyyy"/>
+                  <w:lid w:val="en-US"/>
+                  <w:storeMappedDataAs w:val="dateTime"/>
+                  <w:calendar w:val="gregorian"/>
+                </w:date>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00290DED" w:rsidRPr="00290DED">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap to enter a date.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00290DED" w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                </w:t>
+            </w:r>
+            <w:r w:rsidR="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="001A741D" w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00147A29" w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">epartment: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-276572097"/>
+                <w:placeholder>
+                  <w:docPart w:val="22D06C4E7C8F40248F6B16475D328B10"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0039679A" w:rsidRPr="00290DED">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="00C67377" w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Employing </w:t>
+            </w:r>
+            <w:r w:rsidR="00147A29" w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Institution: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1474481198"/>
+                <w:placeholder>
+                  <w:docPart w:val="23CAA6083A9944EAA823399D6FC724EE"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0039679A" w:rsidRPr="00290DED">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="339077D0" w14:textId="77777777" w:rsidR="00205958" w:rsidRPr="0075245F" w:rsidRDefault="00205958" w:rsidP="0075245F">
-[...132 lines deleted...]
-          <w:p w14:paraId="6C606C48" w14:textId="77777777" w:rsidR="00205958" w:rsidRPr="0075245F" w:rsidRDefault="00205958" w:rsidP="0075245F">
+          <w:p w14:paraId="6C606C48" w14:textId="77777777" w:rsidR="00205958" w:rsidRPr="00290DED" w:rsidRDefault="00205958" w:rsidP="0075245F">
             <w:pPr>
               <w:pStyle w:val="TOC1"/>
               <w:ind w:left="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4A270143" w14:textId="77777777" w:rsidR="00205958" w:rsidRPr="0075245F" w:rsidRDefault="00205958" w:rsidP="0075245F">
+          <w:p w14:paraId="4A270143" w14:textId="058BF95B" w:rsidR="00205958" w:rsidRPr="00290DED" w:rsidRDefault="00205958" w:rsidP="0075245F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4230"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5130"/>
                 <w:tab w:val="left" w:pos="5520"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="7185"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Telephone:</w:t>
             </w:r>
-            <w:r w:rsidR="001A741D" w:rsidRPr="0075245F">
-[...209 lines deleted...]
-            <w:bookmarkEnd w:id="6"/>
+            <w:r w:rsidR="001A741D" w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-2013905057"/>
+                <w:placeholder>
+                  <w:docPart w:val="A4F744AE586142828B6618E45C97D35A"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0039679A" w:rsidRPr="00290DED">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="001A741D" w:rsidRPr="00290DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Email: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-911231563"/>
+                <w:placeholder>
+                  <w:docPart w:val="B264D59BB4DC44AE993252F5CBCD89A2"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0039679A" w:rsidRPr="00290DED">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="1E1D366B" w14:textId="17296EA1" w:rsidR="00A971F2" w:rsidRPr="0075245F" w:rsidRDefault="00A971F2" w:rsidP="29DF65E3">
-[...14 lines deleted...]
-          <w:p w14:paraId="61BD577F" w14:textId="77777777" w:rsidR="00205958" w:rsidRPr="0075245F" w:rsidRDefault="00205958" w:rsidP="0075245F">
+          <w:p w14:paraId="61BD577F" w14:textId="77777777" w:rsidR="00205958" w:rsidRPr="0039679A" w:rsidRDefault="00205958" w:rsidP="0075245F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5595"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="262779E9" w14:textId="77777777" w:rsidR="00B8084F" w:rsidRDefault="00B8084F" w:rsidP="00205958">
       <w:pPr>
         <w:ind w:left="261" w:hanging="261"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4450152D" w14:textId="77777777" w:rsidR="003A0CD4" w:rsidRPr="0039679A" w:rsidRDefault="003A0CD4" w:rsidP="00205958">
+      <w:pPr>
+        <w:ind w:left="261" w:hanging="261"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AB198D" w:rsidRPr="0075245F" w14:paraId="27E1A512" w14:textId="77777777" w:rsidTr="29DF65E3">
+      <w:tr w:rsidR="00AB198D" w:rsidRPr="0039679A" w14:paraId="27E1A512" w14:textId="77777777" w:rsidTr="000D3957">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A5206F5" w14:textId="40A87946" w:rsidR="00AB198D" w:rsidRPr="0075245F" w:rsidRDefault="17563AB2" w:rsidP="17F1E62A">
+          <w:p w14:paraId="2A5206F5" w14:textId="40A87946" w:rsidR="00AB198D" w:rsidRPr="0039679A" w:rsidRDefault="17563AB2" w:rsidP="000D3957">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="17F1E62A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SECTION II: CONFLICT OF INTEREST GUIDELINES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB198D" w:rsidRPr="0075245F" w14:paraId="4BEFD871" w14:textId="77777777" w:rsidTr="29DF65E3">
+      <w:tr w:rsidR="00AB198D" w:rsidRPr="0039679A" w14:paraId="4BEFD871" w14:textId="77777777" w:rsidTr="000D3957">
         <w:trPr>
-          <w:trHeight w:val="1853"/>
+          <w:trHeight w:val="1601"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="168662A2" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0075245F" w:rsidRDefault="00AB198D" w:rsidP="00B46E34">
+          <w:p w14:paraId="168662A2" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0039679A" w:rsidRDefault="00AB198D" w:rsidP="00B46E34">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7536D7F8" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0075245F" w:rsidRDefault="00AB198D" w:rsidP="0075245F">
+          <w:p w14:paraId="7536D7F8" w14:textId="4077A7BD" w:rsidR="00AB198D" w:rsidRPr="0039679A" w:rsidRDefault="00AB198D" w:rsidP="0075245F">
             <w:pPr>
               <w:pStyle w:val="FormTemplateText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7920"/>
                 <w:tab w:val="left" w:pos="10080"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>All investigators must disclose all real, apparent, or potential Significant Financial Interest to the IRB.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54084239" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0075245F" w:rsidRDefault="00AB198D" w:rsidP="0075245F">
+          <w:p w14:paraId="54084239" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0039679A" w:rsidRDefault="00AB198D" w:rsidP="0075245F">
             <w:pPr>
               <w:pStyle w:val="FormTemplateText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7920"/>
                 <w:tab w:val="left" w:pos="10080"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5BE16BBB" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0075245F" w:rsidRDefault="00AB198D" w:rsidP="0075245F">
+          <w:p w14:paraId="5BE16BBB" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0039679A" w:rsidRDefault="00AB198D" w:rsidP="0075245F">
             <w:pPr>
               <w:pStyle w:val="FormTemplateText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7920"/>
                 <w:tab w:val="left" w:pos="10080"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Investigator</w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> is defined as any person responsible for the design, conduct, or reporting of the research.  This includes, but is not limited to, the principal investigator, faculty sponsor, co-investigators, collaborators, consultants and</w:t>
             </w:r>
-            <w:r w:rsidR="00C823A5" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="00C823A5" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> authorized study</w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> personnel. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71EEDBC4" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0075245F" w:rsidRDefault="00AB198D" w:rsidP="0075245F">
+          <w:p w14:paraId="71EEDBC4" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0039679A" w:rsidRDefault="00AB198D" w:rsidP="0075245F">
             <w:pPr>
               <w:pStyle w:val="FormTemplateText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7920"/>
                 <w:tab w:val="left" w:pos="10080"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7371F18D" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0075245F" w:rsidRDefault="00AB198D" w:rsidP="0075245F">
+          <w:p w14:paraId="7371F18D" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0039679A" w:rsidRDefault="00AB198D" w:rsidP="0075245F">
             <w:pPr>
               <w:pStyle w:val="FormTemplateText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7920"/>
                 <w:tab w:val="left" w:pos="10080"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Family members </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">include </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>spouse</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> or domestic </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>partner</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, parents, siblings, and children.</w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="754C9818" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0075245F" w:rsidRDefault="00AB198D" w:rsidP="0075245F">
+          <w:p w14:paraId="1971A40C" w14:textId="051FBDB9" w:rsidR="17F1E62A" w:rsidRPr="0039679A" w:rsidRDefault="17F1E62A" w:rsidP="17F1E62A">
             <w:pPr>
-              <w:pStyle w:val="FormTemplateText"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6E2F4142" w14:textId="555893A1" w:rsidR="17F1E62A" w:rsidRDefault="17F1E62A" w:rsidP="17F1E62A">
+          <w:p w14:paraId="1673C3E3" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0039679A" w:rsidRDefault="00AB198D" w:rsidP="00B46E34">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t xml:space="preserve">Significant financial interest </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(SFI)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (42 CFR 50.603) is identified when:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="722E95FB" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0039679A" w:rsidRDefault="00AB198D" w:rsidP="00B46E34">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1971A40C" w14:textId="051FBDB9" w:rsidR="17F1E62A" w:rsidRDefault="17F1E62A" w:rsidP="17F1E62A">
-[...55 lines deleted...]
-          <w:p w14:paraId="003CB912" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0075245F" w:rsidRDefault="00AB198D" w:rsidP="0075245F">
+          <w:p w14:paraId="003CB912" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0039679A" w:rsidRDefault="00AB198D" w:rsidP="000D3957">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
-              <w:ind w:left="720"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:ind w:left="427" w:hanging="270"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">The value of any remuneration received from an external entity at present or in the 12 months preceding the disclosure that when aggregated for the investigator and family members totals or exceeds $5,000. The $5,000 threshold also applies to salary, royalties, and other payments aggregated for the investigator and family members.  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="349496D2" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0075245F" w:rsidRDefault="00AB198D" w:rsidP="0075245F">
+          <w:p w14:paraId="349496D2" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0039679A" w:rsidRDefault="00AB198D" w:rsidP="000D3957">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
-              <w:ind w:left="720"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:ind w:left="427" w:hanging="270"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">The value of a </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>publicly-traded</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> equity (plus any remuneration) meets or exceeds $5,000.  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="436AC15E" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0075245F" w:rsidRDefault="00AB198D" w:rsidP="0075245F">
+          <w:p w14:paraId="436AC15E" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0039679A" w:rsidRDefault="00AB198D" w:rsidP="000D3957">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
-              <w:ind w:left="720"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:ind w:left="427" w:hanging="270"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Any level of ownership of </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>privately-held</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> equity regardless of the dollar value.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71891B85" w14:textId="04728FDA" w:rsidR="00AB198D" w:rsidRPr="00A971F2" w:rsidRDefault="54C89C92" w:rsidP="00CB7173">
+          <w:p w14:paraId="71891B85" w14:textId="04728FDA" w:rsidR="00AB198D" w:rsidRPr="0039679A" w:rsidRDefault="54C89C92" w:rsidP="000D3957">
             <w:pPr>
               <w:pStyle w:val="FormTemplateText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
-              <w:ind w:left="720"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:ind w:left="427" w:hanging="270"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Intellectual property rights (e.g., patents, trademarks, copyrights, licensing agreements, and royalties from such rights) excluding intellectual property rights assigned to </w:t>
             </w:r>
-            <w:r w:rsidR="37DBBD6C" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="37DBBD6C" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">your </w:t>
             </w:r>
-            <w:r w:rsidR="64DE79B1" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="64DE79B1" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
-            <w:r w:rsidR="000F27CB" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="000F27CB" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">mploying Institution </w:t>
             </w:r>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">and agreements with the </w:t>
             </w:r>
-            <w:r w:rsidR="286A6FB8" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="286A6FB8" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
-            <w:r w:rsidR="000F27CB" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="000F27CB" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mploying Inst</w:t>
             </w:r>
-            <w:r w:rsidR="37DBBD6C" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="37DBBD6C" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>it</w:t>
             </w:r>
-            <w:r w:rsidR="000F27CB" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="000F27CB" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ution </w:t>
             </w:r>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>to share royalties related to such rights.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33F1BE7E" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0075245F" w:rsidRDefault="00AB198D" w:rsidP="0075245F">
+          <w:p w14:paraId="33F1BE7E" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0039679A" w:rsidRDefault="00AB198D" w:rsidP="000D3957">
             <w:pPr>
               <w:pStyle w:val="FormTemplateText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
-              <w:ind w:left="720"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:ind w:left="427" w:hanging="270"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Any other relationships that might present a financial conflict of interest, such as fiduciary interests (paid or unpaid positions as director, officer, or other management role in a for-profit or not-for-profit entity sponsoring or related to the research) or interests in which compensation or the value of equity or property rights or the combination of interests might affect the outcome of the research.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C25C74E" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0075245F" w:rsidRDefault="00AB198D" w:rsidP="0075245F">
+          <w:p w14:paraId="5C25C74E" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0039679A" w:rsidRDefault="00AB198D" w:rsidP="0075245F">
             <w:pPr>
               <w:pStyle w:val="FormTemplateText"/>
               <w:ind w:left="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="305BEBE1" w14:textId="07D5AFA5" w:rsidR="00AB198D" w:rsidRPr="0075245F" w:rsidRDefault="54C89C92" w:rsidP="0075245F">
+          <w:p w14:paraId="305BEBE1" w14:textId="07D5AFA5" w:rsidR="00AB198D" w:rsidRPr="0039679A" w:rsidRDefault="54C89C92" w:rsidP="0075245F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Batang" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Batang" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Institutional COI</w:t>
             </w:r>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> includes financial interests of the</w:t>
             </w:r>
-            <w:r w:rsidR="000F27CB" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="000F27CB" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="7F69D89A" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="7F69D89A" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Employing </w:t>
             </w:r>
-            <w:r w:rsidR="000F27CB" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="000F27CB" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Institution</w:t>
             </w:r>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> or a</w:t>
             </w:r>
-            <w:r w:rsidR="000F27CB" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="000F27CB" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">n </w:t>
             </w:r>
-            <w:r w:rsidR="6C9D6D6D" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="6C9D6D6D" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Employing </w:t>
             </w:r>
-            <w:r w:rsidR="000F27CB" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="000F27CB" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Inst</w:t>
             </w:r>
-            <w:r w:rsidR="37DBBD6C" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="37DBBD6C" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>it</w:t>
             </w:r>
-            <w:r w:rsidR="000F27CB" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="000F27CB" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ution</w:t>
             </w:r>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> official acting within his or her authority on behalf of the institution might affect or reasonably appear to affect institutional processes for the design, conduct, reporting, review, or oversight of human </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>subjects</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> research. Examples</w:t>
             </w:r>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:eastAsia="Batang" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Batang" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of institutional conflict of interest include but are not limited to:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5174E9D5" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0075245F" w:rsidRDefault="00AB198D" w:rsidP="0075245F">
+          <w:p w14:paraId="5174E9D5" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0039679A" w:rsidRDefault="00AB198D" w:rsidP="0075245F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0D3B7B15" w14:textId="49FC7913" w:rsidR="00AB198D" w:rsidRPr="0075245F" w:rsidRDefault="54C89C92" w:rsidP="0075245F">
+          <w:p w14:paraId="0D3B7B15" w14:textId="49FC7913" w:rsidR="00AB198D" w:rsidRPr="0039679A" w:rsidRDefault="54C89C92" w:rsidP="000D3957">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1800"/>
-                <w:tab w:val="num" w:pos="720"/>
+                <w:tab w:val="num" w:pos="427"/>
               </w:tabs>
-              <w:ind w:left="720" w:hanging="360"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:ind w:left="427" w:hanging="270"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="29DF65E3">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">The </w:t>
             </w:r>
-            <w:r w:rsidR="28C3F94B" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="28C3F94B" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Employing </w:t>
             </w:r>
-            <w:r w:rsidR="000F27CB" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="000F27CB" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Institution </w:t>
             </w:r>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">has an equity interest in a </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>company</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> or the</w:t>
             </w:r>
-            <w:r w:rsidR="000F27CB" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="000F27CB" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="440289FA" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="440289FA" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Employing </w:t>
             </w:r>
-            <w:r w:rsidR="000F27CB" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="000F27CB" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Institution</w:t>
             </w:r>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> holds a patent, license, or some type of intellectual </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>property interest</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> related to the product that is the subject of the research.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DED7AEB" w14:textId="3548BD1F" w:rsidR="00AB198D" w:rsidRPr="0075245F" w:rsidRDefault="54C89C92" w:rsidP="0075245F">
+          <w:p w14:paraId="3DED7AEB" w14:textId="3548BD1F" w:rsidR="00AB198D" w:rsidRPr="0039679A" w:rsidRDefault="54C89C92" w:rsidP="000D3957">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1800"/>
-                <w:tab w:val="num" w:pos="720"/>
+                <w:tab w:val="num" w:pos="427"/>
               </w:tabs>
-              <w:ind w:left="720" w:hanging="360"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:ind w:left="427" w:hanging="270"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">An </w:t>
             </w:r>
-            <w:r w:rsidR="010F0030" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="010F0030" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Employing </w:t>
             </w:r>
-            <w:r w:rsidR="000F27CB" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="000F27CB" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Institution</w:t>
             </w:r>
-            <w:r w:rsidR="00524198">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="00524198" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">official acting within his or her authority on behalf of the </w:t>
             </w:r>
-            <w:r w:rsidR="00A77137">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="00A77137" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Employing </w:t>
             </w:r>
-            <w:r w:rsidR="37DBBD6C" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="37DBBD6C" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>nstitution has equity interest, serves on an advisory or other Board, or serves in a fiduciary role in an entity that has an interest in the outcome of human subject research.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A915C3E" w14:textId="546E3EC8" w:rsidR="00AB198D" w:rsidRPr="0075245F" w:rsidRDefault="00AB198D" w:rsidP="0075245F">
+          <w:p w14:paraId="158C8C52" w14:textId="01C91825" w:rsidR="00AB198D" w:rsidRPr="0039679A" w:rsidRDefault="00AB198D" w:rsidP="000D3957">
             <w:pPr>
               <w:pStyle w:val="Heading9"/>
               <w:keepNext/>
               <w:spacing w:before="0" w:after="0"/>
-              <w:ind w:left="720" w:hanging="360"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="427" w:hanging="270"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>C .</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="0075245F">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Gifts to the </w:t>
+            </w:r>
+            <w:r w:rsidR="00A77137" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Employing </w:t>
             </w:r>
-            <w:r w:rsidR="000F27CB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000F27CB" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Institution</w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> or</w:t>
             </w:r>
-            <w:r w:rsidR="000F27CB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000F27CB" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00A77137">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00A77137" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Employing </w:t>
             </w:r>
-            <w:r w:rsidR="000F27CB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000F27CB" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Institution</w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> official from a company or other entity that has an interest in the outcome of</w:t>
             </w:r>
-            <w:r w:rsidR="00C823A5" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00C823A5" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> the</w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> human subject research. </w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B4F38CC" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRDefault="00AB198D" w:rsidP="00205958">
       <w:pPr>
         <w:ind w:left="261" w:hanging="261"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E945DF5" w14:textId="77777777" w:rsidR="003A0CD4" w:rsidRPr="0039679A" w:rsidRDefault="003A0CD4" w:rsidP="00205958">
+      <w:pPr>
+        <w:ind w:left="261" w:hanging="261"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B8084F" w:rsidRPr="0075245F" w14:paraId="21C928FD" w14:textId="77777777" w:rsidTr="3F50D867">
+      <w:tr w:rsidR="00B8084F" w:rsidRPr="0039679A" w14:paraId="21C928FD" w14:textId="77777777" w:rsidTr="000D3957">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11016" w:type="dxa"/>
+            <w:tcW w:w="10790" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0125CA29" w14:textId="387FB17B" w:rsidR="00650591" w:rsidRPr="0075245F" w:rsidRDefault="00650591" w:rsidP="17F1E62A">
+          <w:p w14:paraId="0125CA29" w14:textId="387FB17B" w:rsidR="00650591" w:rsidRPr="0039679A" w:rsidRDefault="00650591" w:rsidP="000D3957">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5655"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="17F1E62A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SECTION II</w:t>
             </w:r>
-            <w:r w:rsidR="17563AB2" w:rsidRPr="17F1E62A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="17563AB2" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="17F1E62A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
-            <w:r w:rsidR="00147A29" w:rsidRPr="17F1E62A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidR="00147A29" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
-            <w:r w:rsidRPr="17F1E62A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ISCLOSURE</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="17F1E62A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> OF SIGNIFICANT FINANCIAL INTEREST</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D36522" w:rsidRPr="0075245F" w14:paraId="2CEFEFCE" w14:textId="77777777" w:rsidTr="3F50D867">
+      <w:tr w:rsidR="00BD5FD5" w:rsidRPr="0039679A" w14:paraId="2CEFEFCE" w14:textId="77777777" w:rsidTr="000D3957">
+        <w:trPr>
+          <w:trHeight w:val="3752"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11016" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D363E30" w14:textId="77777777" w:rsidR="00D36522" w:rsidRPr="0075245F" w:rsidRDefault="00D36522" w:rsidP="0075245F">
+          <w:p w14:paraId="3D363E30" w14:textId="77777777" w:rsidR="00BD5FD5" w:rsidRPr="0039679A" w:rsidRDefault="00BD5FD5" w:rsidP="0075245F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5655"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="64FC9954" w14:textId="77777777" w:rsidR="00D36522" w:rsidRPr="0075245F" w:rsidRDefault="00D36522" w:rsidP="0075245F">
+          <w:p w14:paraId="64FC9954" w14:textId="4799B860" w:rsidR="00BD5FD5" w:rsidRPr="0039679A" w:rsidRDefault="00BD5FD5" w:rsidP="0075245F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5655"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check128"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Check128"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:bookmarkStart w:id="0" w:name="Check128"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">I DO NOT HAVE ANY SIGNIFICANT FINANCIAL INTERESTS OR SPONSORED OR REIMBURSED TRAVEL </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">at present or in the preceding 12 months. </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(if </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>checked,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> SIGN BELOW)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49932499" w14:textId="77777777" w:rsidR="00D36522" w:rsidRPr="0075245F" w:rsidRDefault="00D36522" w:rsidP="0075245F">
+          <w:p w14:paraId="59F88DD7" w14:textId="77777777" w:rsidR="00BD5FD5" w:rsidRPr="000D3957" w:rsidRDefault="00BD5FD5" w:rsidP="0075245F">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:ind w:left="261" w:firstLine="279"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F664A0C" w14:textId="77777777" w:rsidR="00BD5FD5" w:rsidRPr="000D3957" w:rsidRDefault="00BD5FD5" w:rsidP="0075245F">
+            <w:pPr>
+              <w:ind w:left="261" w:firstLine="279"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02337924" w14:textId="1D202952" w:rsidR="00BD5FD5" w:rsidRDefault="00BD5FD5" w:rsidP="0075245F">
+            <w:pPr>
+              <w:ind w:left="261" w:firstLine="279"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Signature:  _______________________________________________________     </w:t>
+            </w:r>
+            <w:r w:rsidR="000D3957" w:rsidRPr="008807B8">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1205601991"/>
+                <w:placeholder>
+                  <w:docPart w:val="F990BAA3827F404BABB6C12F7C4146B7"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:date>
+                  <w:dateFormat w:val="M/d/yyyy"/>
+                  <w:lid w:val="en-US"/>
+                  <w:storeMappedDataAs w:val="dateTime"/>
+                  <w:calendar w:val="gregorian"/>
+                </w:date>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="000D3957" w:rsidRPr="008807B8">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap to enter a date.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="0BBB1832" w14:textId="77777777" w:rsidR="00BD5FD5" w:rsidRDefault="00BD5FD5" w:rsidP="0075245F">
+            <w:pPr>
+              <w:ind w:left="261" w:firstLine="279"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...6 lines deleted...]
-          <w:p w14:paraId="0BCF6CBC" w14:textId="77777777" w:rsidR="00D36522" w:rsidRPr="0075245F" w:rsidRDefault="00D36522" w:rsidP="0075245F">
+          <w:p w14:paraId="239BFFE6" w14:textId="77777777" w:rsidR="00BD5FD5" w:rsidRPr="0039679A" w:rsidRDefault="00BD5FD5" w:rsidP="00290DED">
             <w:pPr>
-              <w:ind w:left="261" w:firstLine="279"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:ind w:left="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>You may use this box to upload a scanned signature if desired.</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="2F8B12EF" w14:textId="77777777" w:rsidR="00D36522" w:rsidRPr="0075245F" w:rsidRDefault="00D36522" w:rsidP="0075245F">
+          <w:p w14:paraId="49932499" w14:textId="32B4DAD6" w:rsidR="00BD5FD5" w:rsidRPr="0039679A" w:rsidRDefault="00BD5FD5" w:rsidP="00290DED">
             <w:pPr>
-              <w:ind w:left="261" w:firstLine="279"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:ind w:left="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...23 lines deleted...]
-              <w:t>______________________________________________________     Date: ______________________________</w:t>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1756636021"/>
+                <w:showingPlcHdr/>
+                <w:picture/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:noProof/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:drawing>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5F3C087D" wp14:editId="33109A9D">
+                      <wp:extent cx="6074410" cy="946205"/>
+                      <wp:effectExtent l="0" t="0" r="2540" b="6350"/>
+                      <wp:docPr id="1735568252" name="Picture 1"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:nvPicPr>
+                              <pic:cNvPr id="6" name="Picture 1"/>
+                              <pic:cNvPicPr>
+                                <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                              </pic:cNvPicPr>
+                            </pic:nvPicPr>
+                            <pic:blipFill>
+                              <a:blip r:embed="rId7">
+                                <a:extLst>
+                                  <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                    <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                  </a:ext>
+                                </a:extLst>
+                              </a:blip>
+                              <a:srcRect/>
+                              <a:stretch>
+                                <a:fillRect/>
+                              </a:stretch>
+                            </pic:blipFill>
+                            <pic:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="6087019" cy="948169"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </pic:spPr>
+                          </pic:pic>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:inline>
+                  </w:drawing>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FD3BA3D" w14:textId="77777777" w:rsidR="00650591" w:rsidRPr="0075245F" w:rsidRDefault="00650591" w:rsidP="0075245F">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D36522" w:rsidRPr="0039679A" w14:paraId="50FB3C59" w14:textId="77777777" w:rsidTr="003A0CD4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46AF5FCE" w14:textId="77777777" w:rsidR="00D36522" w:rsidRPr="0039679A" w:rsidRDefault="00D36522" w:rsidP="0075245F">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:ind w:left="261" w:firstLine="279"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="red"/>
               </w:rPr>
               <w:t>If you have attested to the statement above by signing, your disclosure is complete--STOP</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B8084F" w:rsidRPr="0075245F" w14:paraId="3D0520CB" w14:textId="77777777" w:rsidTr="3F50D867">
+      <w:tr w:rsidR="00B8084F" w:rsidRPr="0039679A" w14:paraId="3D0520CB" w14:textId="77777777" w:rsidTr="003A0CD4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11016" w:type="dxa"/>
+            <w:tcW w:w="10790" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51470C5B" w14:textId="77777777" w:rsidR="00B8084F" w:rsidRPr="0075245F" w:rsidRDefault="00B8084F" w:rsidP="00205958">
+          <w:p w14:paraId="51470C5B" w14:textId="77777777" w:rsidR="00B8084F" w:rsidRPr="0039679A" w:rsidRDefault="00B8084F" w:rsidP="00205958">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3B329341" w14:textId="04DD1BDD" w:rsidR="17F1E62A" w:rsidRDefault="17F1E62A" w:rsidP="17F1E62A">
+          <w:p w14:paraId="2DB1D9B9" w14:textId="77777777" w:rsidR="00B8084F" w:rsidRPr="00BD5FD5" w:rsidRDefault="008D1B26" w:rsidP="001A741D">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D3957">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001A741D" w:rsidRPr="000D3957">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+              <w:t xml:space="preserve">Is </w:t>
+            </w:r>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="000D3957">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+              <w:t xml:space="preserve">this disclosure </w:t>
+            </w:r>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="000D3957">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check91"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Check91"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="1" w:name="Check91"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="000D3957">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="000D3957">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="000D3957">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="000D3957">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="000D3957">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="001A741D" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="001A741D" w:rsidRPr="000D3957">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NEW</w:t>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="000D3957">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> or an </w:t>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="000D3957">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check92"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Check92"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="2" w:name="Check92"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="000D3957">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="000D3957">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="000D3957">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="000D3957">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="000D3957">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="001A741D" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="001A741D" w:rsidRPr="000D3957">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>UPDATE?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1AFA5FCE" w14:textId="77777777" w:rsidR="00B8084F" w:rsidRPr="0075245F" w:rsidRDefault="00B8084F" w:rsidP="00205958">
+          <w:p w14:paraId="1AFA5FCE" w14:textId="77777777" w:rsidR="00B8084F" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B8084F" w:rsidP="00205958">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="123A3443" w14:textId="77777777" w:rsidR="00C935A4" w:rsidRPr="0075245F" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
+          <w:p w14:paraId="123A3443" w14:textId="77777777" w:rsidR="00C935A4" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="270" w:hanging="270"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Describe the financial relationship with the entity at present or in the 12 months </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-BoldItalic"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>preceding the date of this disclosure</w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidR="00C935A4" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(check all that apply and complete required disclosure information for each section) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DF39A52" w14:textId="77777777" w:rsidR="00C935A4" w:rsidRPr="0075245F" w:rsidRDefault="00C935A4" w:rsidP="0075245F">
+          <w:p w14:paraId="5DF39A52" w14:textId="77777777" w:rsidR="00C935A4" w:rsidRPr="00BD5FD5" w:rsidRDefault="00C935A4" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="270" w:hanging="270"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="65742D87" w14:textId="77777777" w:rsidR="00C935A4" w:rsidRPr="0075245F" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
+          <w:p w14:paraId="65742D87" w14:textId="77777777" w:rsidR="00C935A4" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900" w:hanging="630"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">a. </w:t>
             </w:r>
-            <w:r w:rsidR="00C935A4" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C935A4" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check93"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Check93"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="3" w:name="Check93"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C935A4" w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C935A4" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Remuneration includes salary and any payment for services </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(e.g. consulting fees, honoraria, paid authorship, or other supplemental income). </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">If checked, indicate the level of financial interest </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(check one below)</w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="350389E8" w14:textId="77777777" w:rsidR="00C935A4" w:rsidRPr="0075245F" w:rsidRDefault="00C935A4" w:rsidP="0075245F">
+          <w:p w14:paraId="350389E8" w14:textId="77777777" w:rsidR="00C935A4" w:rsidRPr="00BD5FD5" w:rsidRDefault="00C935A4" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:firstLine="900"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check95"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Check95"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="4" w:name="Check95"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">$5,000-$9,999 </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Check96"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="5" w:name="Check96"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">$10,000-$19,999 </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check97"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Check97"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="6" w:name="Check97"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">$20,000-$100,000 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63CE5867" w14:textId="77777777" w:rsidR="00C935A4" w:rsidRPr="0075245F" w:rsidRDefault="00C935A4" w:rsidP="0075245F">
+          <w:p w14:paraId="63CE5867" w14:textId="27845FA8" w:rsidR="00C935A4" w:rsidRPr="00BD5FD5" w:rsidRDefault="00C935A4" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:firstLine="900"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check98"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Check98"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="7" w:name="Check98"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">If greater specify: </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-1684820529"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0039679A" w:rsidRPr="00BD5FD5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...99 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="7E22606C" w14:textId="77777777" w:rsidR="00C935A4" w:rsidRPr="0075245F" w:rsidRDefault="00C935A4" w:rsidP="0075245F">
+          <w:p w14:paraId="7E22606C" w14:textId="77777777" w:rsidR="00C935A4" w:rsidRPr="00BD5FD5" w:rsidRDefault="00C935A4" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="1260" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check99"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Check99"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="8" w:name="Check99"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Value cannot be determined by reference to public prices or other reasonable measures of fair market value. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07DA1CDA" w14:textId="77777777" w:rsidR="00AA0AE1" w:rsidRPr="0075245F" w:rsidRDefault="00AA0AE1" w:rsidP="0075245F">
+          <w:p w14:paraId="07DA1CDA" w14:textId="77777777" w:rsidR="00AA0AE1" w:rsidRPr="00BD5FD5" w:rsidRDefault="00AA0AE1" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900" w:hanging="630"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5591965C" w14:textId="77777777" w:rsidR="00C935A4" w:rsidRPr="0075245F" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
+          <w:p w14:paraId="5591965C" w14:textId="77777777" w:rsidR="00C935A4" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900" w:hanging="630"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">b. </w:t>
             </w:r>
-            <w:r w:rsidR="00C935A4" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C935A4" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check100"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Check100"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="9" w:name="Check100"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C935A4" w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C935A4" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Equity interest includes any stock, stock option, or other ownership interest</w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidR="00C935A4" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">If checked, complete the section. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D4225FB" w14:textId="77777777" w:rsidR="00C935A4" w:rsidRPr="0075245F" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
+          <w:p w14:paraId="4D4225FB" w14:textId="38E27AE9" w:rsidR="00C935A4" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...27 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total percent owned by you &amp; family: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-751663140"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="003A0CD4" w:rsidRPr="00BD5FD5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DB7F0DC" w14:textId="3E0E0A5F" w:rsidR="00C935A4" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
+            <w:pPr>
+              <w:ind w:left="900"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entity is: </w:t>
+            </w:r>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003A0CD4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text1"/>
+                  <w:name w:val="Check103"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Text1"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="003A0CD4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="003A0CD4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="003A0CD4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C935A4" w:rsidRPr="0075245F">
-[...46 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="003A0CD4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Publicly traded</w:t>
+            </w:r>
+            <w:r w:rsidR="003A0CD4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check101"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Check101"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="10" w:name="Check101"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C935A4" w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C935A4" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Non-Publicly</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> traded</w:t>
+            </w:r>
+            <w:r w:rsidR="003A0CD4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...27 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check102"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Check102"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="11" w:name="Check102"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C935A4" w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C935A4" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...174 lines deleted...]
-            <w:bookmarkEnd w:id="22"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">N/A </w:t>
+            </w:r>
+            <w:r w:rsidR="003A0CD4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>explain</w:t>
+            </w:r>
+            <w:r w:rsidR="003A0CD4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-2066714104"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="003A0CD4" w:rsidRPr="00BD5FD5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="14A03098" w14:textId="77777777" w:rsidR="00D36522" w:rsidRPr="0075245F" w:rsidRDefault="00D36522" w:rsidP="0075245F">
+          <w:p w14:paraId="14A03098" w14:textId="77777777" w:rsidR="00D36522" w:rsidRPr="00BD5FD5" w:rsidRDefault="00D36522" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6074F6AE" w14:textId="205047A2" w:rsidR="00C935A4" w:rsidRPr="0075245F" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
+          <w:p w14:paraId="6074F6AE" w14:textId="205047A2" w:rsidR="00C935A4" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
-            <w:r w:rsidR="005F5918" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="005F5918" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>publicly</w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> traded, indicate the present value of the equity </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(check one below)</w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02286BA6" w14:textId="77777777" w:rsidR="00C935A4" w:rsidRPr="0075245F" w:rsidRDefault="00C935A4" w:rsidP="0075245F">
+          <w:p w14:paraId="02286BA6" w14:textId="77777777" w:rsidR="00C935A4" w:rsidRPr="00BD5FD5" w:rsidRDefault="00C935A4" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check105"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Check105"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="12" w:name="Check105"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">$5,000-$9,999 </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check106"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Check106"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="13" w:name="Check106"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$10,000-$19,999</w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check107"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="Check107"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="14" w:name="Check107"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="14"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> $20,000-$100,000 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63B66B23" w14:textId="77777777" w:rsidR="00C935A4" w:rsidRPr="0075245F" w:rsidRDefault="00C935A4" w:rsidP="0075245F">
+          <w:p w14:paraId="63B66B23" w14:textId="26781F47" w:rsidR="00C935A4" w:rsidRPr="00BD5FD5" w:rsidRDefault="00C935A4" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Check108"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="15" w:name="Check108"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="15"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">If greater specify: </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...107 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1014800870"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0039679A" w:rsidRPr="00BD5FD5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="68390185" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0075245F" w:rsidRDefault="00C935A4" w:rsidP="0075245F">
+          <w:p w14:paraId="68390185" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="00BD5FD5" w:rsidRDefault="00C935A4" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check109"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="Check109"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="16" w:name="Check109"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="16"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Value cannot be determined by reference to public prices or other reasonable measures of fair market value. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DFC3A0F" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="0075245F" w:rsidRDefault="00AB198D" w:rsidP="0075245F">
+          <w:p w14:paraId="6DFC3A0F" w14:textId="77777777" w:rsidR="00AB198D" w:rsidRPr="00BD5FD5" w:rsidRDefault="00AB198D" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="004C3D20" w14:textId="2ED4424E" w:rsidR="00504CC5" w:rsidRPr="0075245F" w:rsidRDefault="00504CC5" w:rsidP="0075245F">
+          <w:p w14:paraId="004C3D20" w14:textId="2ED4424E" w:rsidR="00504CC5" w:rsidRPr="00BD5FD5" w:rsidRDefault="00504CC5" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
-            <w:r w:rsidR="005F5918">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="005F5918" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>on-</w:t>
             </w:r>
-            <w:r w:rsidR="005F5918">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="005F5918" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ublicly traded, indicate the present value of the equity </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(check one below)</w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07D1A8DB" w14:textId="77777777" w:rsidR="00504CC5" w:rsidRPr="0075245F" w:rsidRDefault="00504CC5" w:rsidP="0075245F">
+          <w:p w14:paraId="07D1A8DB" w14:textId="77777777" w:rsidR="00504CC5" w:rsidRPr="00BD5FD5" w:rsidRDefault="00504CC5" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check115"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> $0-4,999  </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check105"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> $5,000-$9,999  </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check106"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> $10,000-$19,999 </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check107"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  $20,000-$100,000 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11477DD4" w14:textId="77777777" w:rsidR="00504CC5" w:rsidRPr="0075245F" w:rsidRDefault="00504CC5" w:rsidP="0075245F">
+          <w:p w14:paraId="11477DD4" w14:textId="16AE5B7A" w:rsidR="00504CC5" w:rsidRPr="00BD5FD5" w:rsidRDefault="00504CC5" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...100 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> If greater specify: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1932934411"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0039679A" w:rsidRPr="00BD5FD5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EB2EC91" w14:textId="77777777" w:rsidR="00504CC5" w:rsidRPr="0075245F" w:rsidRDefault="00504CC5" w:rsidP="0075245F">
+          <w:p w14:paraId="7EB2EC91" w14:textId="77777777" w:rsidR="00504CC5" w:rsidRPr="00BD5FD5" w:rsidRDefault="00504CC5" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check109"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Value cannot be determined by reference to public prices or other reasonable measures of fair market value. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="312A8155" w14:textId="77777777" w:rsidR="00C935A4" w:rsidRPr="0075245F" w:rsidRDefault="00C935A4" w:rsidP="0075245F">
+          <w:p w14:paraId="312A8155" w14:textId="77777777" w:rsidR="00C935A4" w:rsidRPr="00BD5FD5" w:rsidRDefault="00C935A4" w:rsidP="0075245F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
               </w:tabs>
               <w:ind w:left="900"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="46B0657B" w14:textId="4DB9C66D" w:rsidR="00504CC5" w:rsidRPr="0075245F" w:rsidRDefault="1CCDB7FD" w:rsidP="29DF65E3">
+          <w:p w14:paraId="46B0657B" w14:textId="4DB9C66D" w:rsidR="00504CC5" w:rsidRPr="00BD5FD5" w:rsidRDefault="1CCDB7FD" w:rsidP="29DF65E3">
             <w:pPr>
               <w:ind w:left="900" w:hanging="630"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">c. </w:t>
             </w:r>
-            <w:r w:rsidR="2CE8CDB8" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="2CE8CDB8" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C935A4" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check110"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="Check110"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="17" w:name="Check110"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C935A4" w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C935A4" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="17"/>
+            <w:r w:rsidR="2CE8CDB8" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Intellectual property rights and interests </w:t>
             </w:r>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(e.g.</w:t>
             </w:r>
-            <w:r w:rsidR="37DBBD6C" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidR="37DBBD6C" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> patents not assigned to </w:t>
             </w:r>
-            <w:r w:rsidR="37DBBD6C" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidR="37DBBD6C" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">your </w:t>
             </w:r>
-            <w:r w:rsidR="738590BD" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidR="738590BD" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
-            <w:r w:rsidR="000F27CB" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidR="000F27CB" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mploying Institution</w:t>
             </w:r>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">; licenses from </w:t>
             </w:r>
-            <w:r w:rsidR="37DBBD6C" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidR="37DBBD6C" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">your </w:t>
             </w:r>
-            <w:r w:rsidR="31DCA701" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidR="31DCA701" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
-            <w:r w:rsidR="000F27CB" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidR="000F27CB" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">mploying Institution </w:t>
             </w:r>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">to the external entity; copyrights; royalties that are not paid by </w:t>
             </w:r>
-            <w:r w:rsidR="37DBBD6C" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidR="37DBBD6C" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>your</w:t>
             </w:r>
-            <w:r w:rsidR="000F27CB" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidR="000F27CB" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="4E910730" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidR="4E910730" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
-            <w:r w:rsidR="000F27CB" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidR="000F27CB" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mploying Institution</w:t>
             </w:r>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78320416" w14:textId="77777777" w:rsidR="00504CC5" w:rsidRPr="0075245F" w:rsidRDefault="00504CC5" w:rsidP="0075245F">
+          <w:p w14:paraId="78320416" w14:textId="77777777" w:rsidR="00504CC5" w:rsidRPr="00BD5FD5" w:rsidRDefault="00504CC5" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900" w:hanging="630"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="31D3A91E" w14:textId="77777777" w:rsidR="00C935A4" w:rsidRPr="0075245F" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
+          <w:p w14:paraId="31D3A91E" w14:textId="77777777" w:rsidR="00C935A4" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900" w:hanging="630"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">d. </w:t>
             </w:r>
-            <w:r w:rsidR="00C935A4" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C935A4" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check111"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="Check111"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="18" w:name="Check111"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C935A4" w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C935A4" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="18"/>
+            <w:r w:rsidR="00C935A4" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Fiduciary role </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(e.g. executive role, a voting member of the board, even if unpaid) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="200BB7BF" w14:textId="77777777" w:rsidR="00504CC5" w:rsidRPr="0075245F" w:rsidRDefault="00504CC5" w:rsidP="0075245F">
+          <w:p w14:paraId="200BB7BF" w14:textId="77777777" w:rsidR="00504CC5" w:rsidRPr="00BD5FD5" w:rsidRDefault="00504CC5" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900" w:hanging="630"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7C94D7AD" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRPr="0075245F" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
+          <w:p w14:paraId="7C94D7AD" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900" w:hanging="630"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">e. </w:t>
             </w:r>
-            <w:r w:rsidR="008D1B26" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="008D1B26" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="008D1B26" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="008D1B26" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="Check112"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="19" w:name="Check112"/>
+            <w:r w:rsidR="008D1B26" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D1B26" w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="008D1B26" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="008D1B26" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D1B26" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="008D1B26" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="19"/>
+            <w:r w:rsidR="008D1B26" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Travel only </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(if checked, complete question 3)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7522F803" w14:textId="77777777" w:rsidR="00504CC5" w:rsidRPr="0075245F" w:rsidRDefault="00504CC5" w:rsidP="0075245F">
+          <w:p w14:paraId="7522F803" w14:textId="77777777" w:rsidR="00504CC5" w:rsidRPr="00BD5FD5" w:rsidRDefault="00504CC5" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900" w:hanging="630"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="59918825" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRPr="0075245F" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
+          <w:p w14:paraId="59918825" w14:textId="42623831" w:rsidR="008D1B26" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900" w:hanging="630"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">f. </w:t>
             </w:r>
-            <w:r w:rsidR="00504CC5" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00504CC5" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidR="00504CC5" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00504CC5" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00504CC5" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00504CC5" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00504CC5" w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00504CC5" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00504CC5" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00504CC5" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00504CC5" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00504CC5" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00504CC5" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Other. </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Describe: </w:t>
             </w:r>
-            <w:r w:rsidR="008D1B26" w:rsidRPr="0075245F">
-[...91 lines deleted...]
-            <w:bookmarkEnd w:id="32"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-2095084288"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0039679A" w:rsidRPr="00BD5FD5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="3F20D36D" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRPr="0075245F" w:rsidRDefault="008D1B26" w:rsidP="0075245F">
+          <w:p w14:paraId="3F20D36D" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRPr="00BD5FD5" w:rsidRDefault="008D1B26" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900" w:hanging="630"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="695BCA39" w14:textId="63E4B2B8" w:rsidR="008D1B26" w:rsidRPr="0075245F" w:rsidRDefault="1CCDB7FD" w:rsidP="0075245F">
+          <w:p w14:paraId="695BCA39" w14:textId="63E4B2B8" w:rsidR="008D1B26" w:rsidRPr="00BD5FD5" w:rsidRDefault="1CCDB7FD" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900" w:hanging="900"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">In the past 12 months, did the external entity reimburse or sponsor travel? </w:t>
             </w:r>
-            <w:r w:rsidR="51B561A9" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:r w:rsidR="51B561A9" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0169CD72" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRPr="0075245F" w:rsidRDefault="008D1B26" w:rsidP="0075245F">
+          <w:p w14:paraId="0169CD72" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRPr="00BD5FD5" w:rsidRDefault="008D1B26" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="33" w:name="Check113"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:bookmarkStart w:id="20" w:name="Check113"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:bookmarkEnd w:id="20"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes </w:t>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(if yes, specify below)</w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="Check114"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:bookmarkStart w:id="21" w:name="Check114"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:bookmarkEnd w:id="21"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">No </w:t>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(skip to Q4) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52FB2EA2" w14:textId="77777777" w:rsidR="00B716DD" w:rsidRPr="0075245F" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
+          <w:p w14:paraId="52FB2EA2" w14:textId="77777777" w:rsidR="00B716DD" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0938DABE" w14:textId="157F6E6A" w:rsidR="00B716DD" w:rsidRPr="0075245F" w:rsidRDefault="26860643" w:rsidP="29DF65E3">
+          <w:p w14:paraId="0938DABE" w14:textId="157F6E6A" w:rsidR="00B716DD" w:rsidRPr="00BD5FD5" w:rsidRDefault="26860643" w:rsidP="29DF65E3">
             <w:pPr>
               <w:ind w:left="540"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Please NOTE</w:t>
             </w:r>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="29DF65E3">
+              <w:t xml:space="preserve"> Travel that is reimbursed or sponsored by the following sources is excluded from disclosure:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Federal, state, or local government agency, an Institution of higher education, an academic teaching hospital, a medical center, or a research institute that is affiliated with an Institution of higher </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="29DF65E3">
+            <w:r w:rsidRPr="00BD5FD5">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>education).</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="652C5A73" w14:textId="77777777" w:rsidR="00B716DD" w:rsidRPr="0075245F" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
+          <w:p w14:paraId="652C5A73" w14:textId="77777777" w:rsidR="00B716DD" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7196ED27" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRPr="0075245F" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
+          <w:p w14:paraId="7196ED27" w14:textId="687ACD42" w:rsidR="008D1B26" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="907" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Purpose of the trip</w:t>
             </w:r>
-            <w:r w:rsidR="00B716DD" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00B716DD" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> #1</w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidR="008D1B26" w:rsidRPr="0075245F">
-[...99 lines deleted...]
-            <w:bookmarkEnd w:id="35"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="823698745"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0039679A" w:rsidRPr="00BD5FD5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="4614E947" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRPr="0075245F" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
+          <w:p w14:paraId="4614E947" w14:textId="57EBA0D4" w:rsidR="008D1B26" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="907" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Destination(s): </w:t>
             </w:r>
-            <w:r w:rsidR="008D1B26" w:rsidRPr="0075245F">
-[...99 lines deleted...]
-            <w:bookmarkEnd w:id="36"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1320695021"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0039679A" w:rsidRPr="00BD5FD5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="2B46293A" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRPr="0075245F" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
+          <w:p w14:paraId="2B46293A" w14:textId="774F8E99" w:rsidR="008D1B26" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="907" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Duration (total # of days): </w:t>
             </w:r>
-            <w:r w:rsidR="008D1B26" w:rsidRPr="0075245F">
-[...99 lines deleted...]
-            <w:bookmarkEnd w:id="37"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="540866276"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0039679A" w:rsidRPr="00BD5FD5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="3DA86725" w14:textId="77777777" w:rsidR="00B716DD" w:rsidRPr="0075245F" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
+          <w:p w14:paraId="3DA86725" w14:textId="77777777" w:rsidR="00B716DD" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0089BE74" w14:textId="77777777" w:rsidR="00B716DD" w:rsidRPr="0075245F" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
+          <w:p w14:paraId="0089BE74" w14:textId="0AC45460" w:rsidR="00B716DD" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="907" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...99 lines deleted...]
-            <w:bookmarkEnd w:id="38"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Purpose of the trip #2:</w:t>
+            </w:r>
+            <w:r w:rsidR="0039679A" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="632455002"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0039679A" w:rsidRPr="00BD5FD5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="3F5C0A9C" w14:textId="77777777" w:rsidR="00B716DD" w:rsidRPr="0075245F" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
+          <w:p w14:paraId="3F5C0A9C" w14:textId="28E597CE" w:rsidR="00B716DD" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="907" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...99 lines deleted...]
-            <w:bookmarkEnd w:id="39"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Destination(s): </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-726453503"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0039679A" w:rsidRPr="00BD5FD5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="490FCB6E" w14:textId="77777777" w:rsidR="00B716DD" w:rsidRPr="0075245F" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
+          <w:p w14:paraId="490FCB6E" w14:textId="0AFD84C5" w:rsidR="00B716DD" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="907" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...99 lines deleted...]
-            <w:bookmarkEnd w:id="40"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Duration (total # of days): </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-162706905"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0039679A" w:rsidRPr="00BD5FD5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="7DFC0835" w14:textId="77777777" w:rsidR="00B716DD" w:rsidRPr="0075245F" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
+          <w:p w14:paraId="7DFC0835" w14:textId="77777777" w:rsidR="00B716DD" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="907" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="48D3E3DF" w14:textId="77777777" w:rsidR="00B716DD" w:rsidRPr="0075245F" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
+          <w:p w14:paraId="48D3E3DF" w14:textId="0C23E2CE" w:rsidR="00B716DD" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="907" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...99 lines deleted...]
-            <w:bookmarkEnd w:id="41"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Purpose of the trip #3: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1670365364"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0039679A" w:rsidRPr="00BD5FD5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="03D9BD5A" w14:textId="77777777" w:rsidR="00B716DD" w:rsidRPr="0075245F" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
+          <w:p w14:paraId="03D9BD5A" w14:textId="271DC10C" w:rsidR="00B716DD" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="907" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...99 lines deleted...]
-            <w:bookmarkEnd w:id="42"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Destination(s): </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-2013368231"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0039679A" w:rsidRPr="00BD5FD5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="5341E948" w14:textId="77777777" w:rsidR="00B716DD" w:rsidRPr="0075245F" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
+          <w:p w14:paraId="5341E948" w14:textId="7A902F39" w:rsidR="00B716DD" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="907" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...99 lines deleted...]
-            <w:bookmarkEnd w:id="43"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Duration (total # of days): </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="2087637359"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0039679A" w:rsidRPr="00BD5FD5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="229F42DA" w14:textId="77777777" w:rsidR="00B716DD" w:rsidRPr="0075245F" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
+          <w:p w14:paraId="229F42DA" w14:textId="77777777" w:rsidR="00B716DD" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="907" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="52D47AEA" w14:textId="77777777" w:rsidR="00B716DD" w:rsidRPr="0075245F" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
+          <w:p w14:paraId="52D47AEA" w14:textId="77777777" w:rsidR="00B716DD" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="907" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Please attach a separate page if needed for multiple trips.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C7C350E" w14:textId="77777777" w:rsidR="00504CC5" w:rsidRPr="0075245F" w:rsidRDefault="00504CC5" w:rsidP="0075245F">
+          <w:p w14:paraId="3C7C350E" w14:textId="77777777" w:rsidR="00504CC5" w:rsidRPr="00BD5FD5" w:rsidRDefault="00504CC5" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="040C2FF5" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRPr="0075245F" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
+          <w:p w14:paraId="040C2FF5" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRPr="00BD5FD5" w:rsidRDefault="00B8084F" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900" w:hanging="900"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0B4118A4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">4. </w:t>
             </w:r>
-            <w:r w:rsidRPr="0B4118A4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Describe how the financial interest is or may be related to any of the Investigator’s research. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6298839F" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRPr="0075245F" w:rsidRDefault="008D1B26" w:rsidP="0075245F">
+          <w:p w14:paraId="6298839F" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRPr="00BD5FD5" w:rsidRDefault="008D1B26" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check121"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="44" w:name="Check121"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="22" w:name="Check121"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="44"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="22"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">The activities with the external entity are </w:t>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">not related </w:t>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">to any of the Investigator’s research. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0FFE5EC1" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRPr="0075245F" w:rsidRDefault="008D1B26" w:rsidP="0075245F">
+          <w:p w14:paraId="0FFE5EC1" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRPr="00BD5FD5" w:rsidRDefault="008D1B26" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check122"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="45" w:name="Check122"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="23" w:name="Check122"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="45"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="23"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Entity is or may be a research sponsor. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C85CC7C" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRPr="0075245F" w:rsidRDefault="008D1B26" w:rsidP="0075245F">
+          <w:p w14:paraId="2C85CC7C" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRPr="00BD5FD5" w:rsidRDefault="008D1B26" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check123"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="46" w:name="Check123"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="24" w:name="Check123"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="46"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="24"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B8084F" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="00B8084F" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Entity’s product(s) or service(s) is or may be utilized, tested, evaluated, or otherwise in any research.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="240277A2" w14:textId="77777777" w:rsidR="00B716DD" w:rsidRPr="0075245F" w:rsidRDefault="00B716DD" w:rsidP="0075245F">
+          <w:p w14:paraId="0DB43960" w14:textId="55B983F8" w:rsidR="008D1B26" w:rsidRPr="00BD5FD5" w:rsidRDefault="008D1B26" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check124"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="47" w:name="Check124"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="25" w:name="Check124"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="47"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="25"/>
+            <w:r w:rsidR="51B561A9" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="1CCDB7FD" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="1CCDB7FD" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Entity does/will license </w:t>
             </w:r>
-            <w:r w:rsidR="37DBBD6C" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="37DBBD6C" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">your </w:t>
             </w:r>
-            <w:r w:rsidR="62DC30D2" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="62DC30D2" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
-            <w:r w:rsidR="000F27CB" w:rsidRPr="29DF65E3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="000F27CB" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mploying Institution’s</w:t>
             </w:r>
-            <w:r w:rsidR="1CCDB7FD" w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidR="1CCDB7FD" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> intellectual property utilized, tested, evaluated or otherwise in any research. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5609E234" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRPr="0075245F" w:rsidRDefault="008D1B26" w:rsidP="0075245F">
+          <w:p w14:paraId="5609E234" w14:textId="614D391C" w:rsidR="008D1B26" w:rsidRPr="00BD5FD5" w:rsidRDefault="008D1B26" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check125"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="48" w:name="Check125"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="26" w:name="Check125"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="48"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="26"/>
+            <w:r w:rsidR="51B561A9" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="1CCDB7FD" w:rsidRPr="0075245F">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Italic"/>
+            <w:r w:rsidR="1CCDB7FD" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Investigator’s institutional responsibilities may involve or require interacting with the external entity. Other, </w:t>
+            </w:r>
+            <w:r w:rsidR="1CCDB7FD" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>describe</w:t>
             </w:r>
-            <w:r w:rsidR="1CCDB7FD" w:rsidRPr="0075245F">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="1CCDB7FD" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="51B561A9" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="51B561A9" w:rsidRPr="0075245F">
-[...83 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="5437C5EC" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRPr="0075245F" w:rsidRDefault="008D1B26" w:rsidP="0075245F">
+          <w:p w14:paraId="5437C5EC" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRPr="00BD5FD5" w:rsidRDefault="008D1B26" w:rsidP="0075245F">
             <w:pPr>
               <w:ind w:left="900" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7AB0D130" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRPr="0075245F" w:rsidRDefault="008D1B26" w:rsidP="0075245F">
+          <w:p w14:paraId="0C594BD2" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRDefault="008D1B26" w:rsidP="00BD5FD5">
             <w:pPr>
               <w:ind w:left="900" w:hanging="900"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">5. </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Will the relationship continue into the next 12 months from the date of this disclosure? </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check126"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="50" w:name="Check126"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:bookmarkStart w:id="27" w:name="Check126"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="50"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri-Bold"/>
+            <w:bookmarkEnd w:id="27"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:r w:rsidR="00290DED" w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check127"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="51" w:name="Check127"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkStart w:id="28" w:name="Check127"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0075245F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="51"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Calibri"/>
+            <w:bookmarkEnd w:id="28"/>
+            <w:r w:rsidRPr="00BD5FD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C561233" w14:textId="77777777" w:rsidR="008D1B26" w:rsidRPr="0075245F" w:rsidRDefault="008D1B26" w:rsidP="0075245F">
+          <w:p w14:paraId="6C561233" w14:textId="04A9C65E" w:rsidR="000D3957" w:rsidRPr="00BD5FD5" w:rsidRDefault="000D3957" w:rsidP="00BD5FD5">
             <w:pPr>
-              <w:ind w:left="540"/>
-[...904 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:ind w:left="900" w:hanging="900"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="366E0FBC" w14:textId="77777777" w:rsidR="00B8084F" w:rsidRDefault="00B8084F" w:rsidP="00205958">
+    <w:p w14:paraId="6274C3B3" w14:textId="77777777" w:rsidR="003A0CD4" w:rsidRDefault="003A0CD4"/>
+    <w:p w14:paraId="3A99503E" w14:textId="77777777" w:rsidR="003A0CD4" w:rsidRDefault="003A0CD4"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10790"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00147A29" w:rsidRPr="0039679A" w14:paraId="76AC8802" w14:textId="77777777" w:rsidTr="000D3957">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64BE616D" w14:textId="58C312FA" w:rsidR="00AA0AE1" w:rsidRPr="0039679A" w:rsidRDefault="133D5092" w:rsidP="000D3957">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SECTION I</w:t>
+            </w:r>
+            <w:r w:rsidR="4DB0A06B" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00147A29" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NVESTIGATOR’S </w:t>
+            </w:r>
+            <w:r w:rsidR="50921910" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>AFFIRMATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C935A4" w:rsidRPr="0039679A" w14:paraId="0BC7FE27" w14:textId="77777777" w:rsidTr="003A0CD4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53EAA6C4" w14:textId="77777777" w:rsidR="00147A29" w:rsidRPr="0039679A" w:rsidRDefault="00147A29" w:rsidP="0075245F">
+            <w:pPr>
+              <w:ind w:left="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C0C98B9" w14:textId="1A1D81B8" w:rsidR="00147A29" w:rsidRPr="0039679A" w:rsidRDefault="00147A29" w:rsidP="0075245F">
+            <w:pPr>
+              <w:ind w:left="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The investigator affirms that: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A4BE426" w14:textId="77777777" w:rsidR="00147A29" w:rsidRPr="0039679A" w:rsidRDefault="00147A29" w:rsidP="0075245F">
+            <w:pPr>
+              <w:ind w:left="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">• The above information is true to the best of his/her knowledge. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C7C51DC" w14:textId="08759B7E" w:rsidR="00D36522" w:rsidRPr="0039679A" w:rsidRDefault="00147A29" w:rsidP="0075245F">
+            <w:pPr>
+              <w:ind w:left="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">• </w:t>
+            </w:r>
+            <w:r w:rsidR="4CA12CE4" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">He/She has read the </w:t>
+            </w:r>
+            <w:r w:rsidR="005F5918" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">applicable </w:t>
+            </w:r>
+            <w:r w:rsidR="4F35C0C5" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conflict of Interest </w:t>
+            </w:r>
+            <w:r w:rsidR="005F5918" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">requirements </w:t>
+            </w:r>
+            <w:r w:rsidR="4F35C0C5" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">for the </w:t>
+            </w:r>
+            <w:r w:rsidR="4CA12CE4" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Institutional Review Board</w:t>
+            </w:r>
+            <w:r w:rsidR="42CE6CF9" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of Record.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="185D2669" w14:textId="5D93FF87" w:rsidR="00A971F2" w:rsidRPr="0039679A" w:rsidRDefault="37DBBD6C" w:rsidP="00A971F2">
+            <w:pPr>
+              <w:ind w:left="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">• He/She has read the applicable Conflict of Interest policies of his/her </w:t>
+            </w:r>
+            <w:r w:rsidR="66DA68D2" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mploying </w:t>
+            </w:r>
+            <w:r w:rsidR="5568C2AA" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>nstitution.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48975A8B" w14:textId="1A1EAB30" w:rsidR="00147A29" w:rsidRPr="0039679A" w:rsidRDefault="00147A29" w:rsidP="0075245F">
+            <w:pPr>
+              <w:ind w:left="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>• External activities disclosed here have been disclosed and approved on the</w:t>
+            </w:r>
+            <w:r w:rsidR="00193495" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> investigator’s institutional annual conflict of interest disclosure</w:t>
+            </w:r>
+            <w:r w:rsidR="00564401" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> form</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB198D" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> if </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB198D" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>applicable</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71795C83" w14:textId="77777777" w:rsidR="00147A29" w:rsidRPr="0039679A" w:rsidRDefault="00147A29" w:rsidP="0075245F">
+            <w:pPr>
+              <w:ind w:left="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">• If the disclosed relationship with the external entity is determined by </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB198D" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>PIRB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to be a significant financial interest related to the research question on sponsored research, then the relationship will be determined to be a Financial Conflict of Interest (FCOI</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> an</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB198D" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>d the investigator must have a PIRB approved</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> management plan prior to expenditure of funds related to the research project. </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB198D" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>nvestigators will complete Part II of the Significant Financial Interest</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB198D" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Disclosure </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB198D" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">orm. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57DEFB82" w14:textId="240AB106" w:rsidR="00147A29" w:rsidRPr="0039679A" w:rsidRDefault="00147A29" w:rsidP="0075245F">
+            <w:pPr>
+              <w:ind w:left="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">• Prior to receiving funds, the investigator must complete mandatory financial conflict of interest training and update training as required (42 CFR 50.605). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2063960D" w14:textId="77777777" w:rsidR="00147A29" w:rsidRPr="0039679A" w:rsidRDefault="00147A29" w:rsidP="0075245F">
+            <w:pPr>
+              <w:ind w:left="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>• If the financial or fiduciary relationship changes during the funding period, the investigator agrees to update Part I of the Significant Financial Interest</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB198D" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Disclosure </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB198D" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">orm within 30 days of acquiring or discovering a new or a change in the Investigator’s financial or fiduciary relationship. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="278032D0" w14:textId="77777777" w:rsidR="00147A29" w:rsidRPr="0039679A" w:rsidRDefault="00147A29" w:rsidP="0075245F">
+            <w:pPr>
+              <w:ind w:left="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>• The investigator must disclose all sponsored or reimbursed travel (42 CFR 50.605) within 30 days if not previously reported on this form. The investigator agrees to update Part I of the Significant Financial Interest</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB198D" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Disclosure </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB198D" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">orm within 30 days of the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>travel</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C2A10FA" w14:textId="77777777" w:rsidR="00147A29" w:rsidRPr="0039679A" w:rsidRDefault="00147A29" w:rsidP="0075245F">
+            <w:pPr>
+              <w:ind w:left="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>• At the time of the annual continuing review, the investigator will submit an updated Part I of the Significant Financial Interest</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB198D" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Disclosure form to </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB198D" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>IRBNet</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. A revised Part II may be required if the situation has changed and the management merits revision. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74DA4898" w14:textId="4935EE39" w:rsidR="00147A29" w:rsidRPr="0039679A" w:rsidRDefault="00147A29" w:rsidP="0075245F">
+            <w:pPr>
+              <w:ind w:left="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">• The </w:t>
+            </w:r>
+            <w:r w:rsidR="3182D0A6" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Employing </w:t>
+            </w:r>
+            <w:r w:rsidR="54C89C92" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Institution</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is required to report all financial conflicts of interest (FCOIs) to the HHS/PHS funding agency or primary award institution when </w:t>
+            </w:r>
+            <w:r w:rsidR="54C89C92" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the institution</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is a sub-</w:t>
+            </w:r>
+            <w:r w:rsidR="00585FFC" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">awardee </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(42 CFR 50.605). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="751FE022" w14:textId="2952BE8F" w:rsidR="00147A29" w:rsidRPr="0039679A" w:rsidRDefault="00147A29" w:rsidP="0075245F">
+            <w:pPr>
+              <w:ind w:left="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">• All HHS/PHS investigator disclosures are subject to the public disclosure requirements of the PHS regulation (42 CFR 50.605). The </w:t>
+            </w:r>
+            <w:r w:rsidR="50893041" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Employing </w:t>
+            </w:r>
+            <w:r w:rsidR="2345A57C" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Institution</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> must provide written response to written requests within 5 business days of receipt of request. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62E66E5D" w14:textId="77777777" w:rsidR="00147A29" w:rsidRPr="0039679A" w:rsidRDefault="00147A29" w:rsidP="0075245F">
+            <w:pPr>
+              <w:ind w:left="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">• The Investigator will comply with any further requests for information or clarification from </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB198D" w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>PIRB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D24C2EC" w14:textId="77777777" w:rsidR="001F4DD8" w:rsidRPr="0039679A" w:rsidRDefault="001F4DD8" w:rsidP="0075245F">
+            <w:pPr>
+              <w:ind w:left="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4656A91B" w14:textId="77777777" w:rsidR="001F4DD8" w:rsidRPr="0039679A" w:rsidRDefault="001F4DD8" w:rsidP="0075245F">
+            <w:pPr>
+              <w:ind w:left="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05A254B1" w14:textId="25A81D93" w:rsidR="001F4DD8" w:rsidRPr="0039679A" w:rsidRDefault="001F4DD8" w:rsidP="0075245F">
+            <w:pPr>
+              <w:ind w:left="261" w:firstLine="279"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039679A">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Signature:  _______________________________________________________     </w:t>
+            </w:r>
+            <w:r w:rsidR="000D3957" w:rsidRPr="008807B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-594241916"/>
+                <w:placeholder>
+                  <w:docPart w:val="0759D4E9710A404E8A8AC3EFC82E8087"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:date>
+                  <w:dateFormat w:val="M/d/yyyy"/>
+                  <w:lid w:val="en-US"/>
+                  <w:storeMappedDataAs w:val="dateTime"/>
+                  <w:calendar w:val="gregorian"/>
+                </w:date>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="000D3957" w:rsidRPr="008807B8">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap to enter a date.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="3F97C2A6" w14:textId="77A39278" w:rsidR="001F4DD8" w:rsidRPr="0039679A" w:rsidRDefault="0039679A" w:rsidP="0075245F">
+            <w:pPr>
+              <w:ind w:left="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>You may use this box to upload a scanned signature if desired.</w:t>
+            </w:r>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:id w:val="1457919101"/>
+              <w:showingPlcHdr/>
+              <w:picture/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="3C13248F" w14:textId="716FAACE" w:rsidR="001F4DD8" w:rsidRPr="0039679A" w:rsidRDefault="0039679A" w:rsidP="0075245F">
+                <w:pPr>
+                  <w:ind w:left="540"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                    <w:noProof/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:drawing>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3062AD32" wp14:editId="1DC1C858">
+                      <wp:extent cx="6090700" cy="1192530"/>
+                      <wp:effectExtent l="0" t="0" r="5715" b="7620"/>
+                      <wp:docPr id="6" name="Picture 1"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:nvPicPr>
+                              <pic:cNvPr id="6" name="Picture 1"/>
+                              <pic:cNvPicPr>
+                                <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                              </pic:cNvPicPr>
+                            </pic:nvPicPr>
+                            <pic:blipFill>
+                              <a:blip r:embed="rId7">
+                                <a:extLst>
+                                  <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                    <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                  </a:ext>
+                                </a:extLst>
+                              </a:blip>
+                              <a:srcRect/>
+                              <a:stretch>
+                                <a:fillRect/>
+                              </a:stretch>
+                            </pic:blipFill>
+                            <pic:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="6090700" cy="1192530"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                            </pic:spPr>
+                          </pic:pic>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:inline>
+                  </w:drawing>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+          <w:p w14:paraId="456E5C03" w14:textId="77777777" w:rsidR="001F4DD8" w:rsidRPr="0039679A" w:rsidRDefault="001F4DD8" w:rsidP="0075245F">
+            <w:pPr>
+              <w:ind w:left="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35CCC5AB" w14:textId="77777777" w:rsidR="00C935A4" w:rsidRPr="0039679A" w:rsidRDefault="00C935A4" w:rsidP="00205958">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="366E0FBC" w14:textId="77777777" w:rsidR="00B8084F" w:rsidRPr="0039679A" w:rsidRDefault="00B8084F" w:rsidP="003A0CD4">
       <w:pPr>
         <w:ind w:left="261" w:hanging="261"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="375E5F70" w14:textId="77777777" w:rsidR="00B8084F" w:rsidRDefault="00B8084F" w:rsidP="00205958">
-[...10 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId8"/>
+    <w:sectPr w:rsidR="00B8084F" w:rsidRPr="0039679A" w:rsidSect="00290DED">
+      <w:headerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="864" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:titlePg/>
+      <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="096BE96F" w14:textId="77777777" w:rsidR="00E759D9" w:rsidRDefault="00E759D9">
+    <w:p w14:paraId="4E29E073" w14:textId="77777777" w:rsidR="003427A0" w:rsidRDefault="003427A0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="34D1D76F" w14:textId="77777777" w:rsidR="00E759D9" w:rsidRDefault="00E759D9">
+    <w:p w14:paraId="58370020" w14:textId="77777777" w:rsidR="003427A0" w:rsidRDefault="003427A0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OCR-A">
     <w:altName w:val="Symbol"/>
     <w:charset w:val="02"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Monotype Sorts">
@@ -9291,213 +7955,198 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Unicode MS">
-[...2 lines deleted...]
-    <w:charset w:val="80"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
-  </w:font>
-[...36 lines deleted...]
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="13B7EA5E" w14:textId="66C32C79" w:rsidR="00000C74" w:rsidRDefault="00000C74" w:rsidP="00000C74">
+  <w:p w14:paraId="13B7EA5E" w14:textId="1479CED9" w:rsidR="00000C74" w:rsidRDefault="00000C74" w:rsidP="00000C74">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Version </w:t>
     </w:r>
     <w:r w:rsidR="00777767">
-      <w:t>1.0</w:t>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="003A0CD4">
+      <w:t>.1</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="11A6D73E" w14:textId="7F079B9A" w:rsidR="00000C74" w:rsidRDefault="00777767" w:rsidP="00000C74">
+  <w:p w14:paraId="11A6D73E" w14:textId="6CB9B0D2" w:rsidR="00000C74" w:rsidRDefault="00777767" w:rsidP="00000C74">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
-      <w:t>10/31/2025</w:t>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="003A0CD4">
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="003A0CD4">
+      <w:t>26</w:t>
+    </w:r>
+    <w:r>
+      <w:t>/2025</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="489C16C0" w14:textId="77777777" w:rsidR="00000C74" w:rsidRDefault="00000C74" w:rsidP="00000C74">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00C33667">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="001F4DD8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t xml:space="preserve"> of 4</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5198C527" w14:textId="275ED5AB" w:rsidR="004A4FF7" w:rsidRDefault="004A4FF7" w:rsidP="004A4FF7">
+  <w:p w14:paraId="5198C527" w14:textId="20DD8675" w:rsidR="004A4FF7" w:rsidRDefault="004A4FF7" w:rsidP="004A4FF7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Version </w:t>
     </w:r>
     <w:r w:rsidR="00777767">
-      <w:t>1.0</w:t>
+      <w:t>1.</w:t>
+    </w:r>
+    <w:r w:rsidR="00290DED">
+      <w:t>1</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6CD05284" w14:textId="7A294DB6" w:rsidR="004A4FF7" w:rsidRDefault="00777767" w:rsidP="004A4FF7">
+  <w:p w14:paraId="6CD05284" w14:textId="4741C30B" w:rsidR="004A4FF7" w:rsidRDefault="00777767" w:rsidP="004A4FF7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
-      <w:t>10/31/2025</w:t>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00290DED">
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:t>/31/2025</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0EFA7AA2" w14:textId="77777777" w:rsidR="00000C74" w:rsidRDefault="00000C74" w:rsidP="00000C74">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
@@ -9527,70 +8176,79 @@
   <w:p w14:paraId="3A3F42E3" w14:textId="77777777" w:rsidR="000934A9" w:rsidRDefault="000934A9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="58C6608F" w14:textId="5D371BFA" w:rsidR="004A4FF7" w:rsidRDefault="004A4FF7" w:rsidP="004A4FF7">
+  <w:p w14:paraId="58C6608F" w14:textId="492EE395" w:rsidR="004A4FF7" w:rsidRDefault="004A4FF7" w:rsidP="004A4FF7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="00C823A5">
       <w:t xml:space="preserve">ersion </w:t>
     </w:r>
     <w:r w:rsidR="00777767">
-      <w:t>1.0</w:t>
+      <w:t>1.</w:t>
+    </w:r>
+    <w:r w:rsidR="00290DED">
+      <w:t>1</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4D7328FD" w14:textId="5A705059" w:rsidR="004A4FF7" w:rsidRDefault="00777767" w:rsidP="004A4FF7">
+  <w:p w14:paraId="4D7328FD" w14:textId="56E6B9EE" w:rsidR="004A4FF7" w:rsidRDefault="00777767" w:rsidP="004A4FF7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
-      <w:t>10/31/2025</w:t>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00290DED">
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:t>/31/2025</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="55F83FFC" w14:textId="77777777" w:rsidR="000934A9" w:rsidRDefault="000934A9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2FBB8ABA" w14:textId="77777777" w:rsidR="000934A9" w:rsidRDefault="000934A9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -9615,58 +8273,58 @@
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r w:rsidR="001F4DD8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B9D9DAC" w14:textId="77777777" w:rsidR="00E759D9" w:rsidRDefault="00E759D9">
+    <w:p w14:paraId="67197241" w14:textId="77777777" w:rsidR="003427A0" w:rsidRDefault="003427A0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E82B540" w14:textId="77777777" w:rsidR="00E759D9" w:rsidRDefault="00E759D9">
+    <w:p w14:paraId="17A22827" w14:textId="77777777" w:rsidR="003427A0" w:rsidRDefault="003427A0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3600"/>
       <w:gridCol w:w="3600"/>
       <w:gridCol w:w="3600"/>
     </w:tblGrid>
     <w:tr w:rsidR="17F1E62A" w14:paraId="3049659C" w14:textId="77777777" w:rsidTr="17F1E62A">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
@@ -9693,108 +8351,50 @@
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3600" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="296913BC" w14:textId="0AA261CE" w:rsidR="17F1E62A" w:rsidRDefault="17F1E62A" w:rsidP="17F1E62A">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3616C4C9" w14:textId="17E613F4" w:rsidR="17F1E62A" w:rsidRDefault="17F1E62A" w:rsidP="17F1E62A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...56 lines deleted...]
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1CE5609B" w14:textId="77777777" w:rsidR="000934A9" w:rsidRDefault="00000C74">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t>Part I:  Significant Financial Interest Disclosure</w:t>
     </w:r>
     <w:r w:rsidR="006E36AC">
       <w:t xml:space="preserve"> Form</w:t>
     </w:r>
     <w:r w:rsidR="000934A9">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="000934A9">
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="26B7DFB2" w14:textId="117757F5" w:rsidR="000934A9" w:rsidRDefault="000934A9" w:rsidP="17F1E62A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="6915"/>
@@ -12241,221 +10841,243 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="69549005">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1583836795">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="837422676">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1857235306">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="212162911">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1502232272">
     <w:abstractNumId w:val="20"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:trackRevisions/>
+  <w:revisionView w:markup="0"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="IX5pxApOtmfOXMS5wvyhw7aiDt47s/HcZ4MulAMizhqe4Stbx0OPS2fQem34QmNySUqBw863dKZS4keNbJcBbw==" w:salt="wm/nWHvY5qqEdbjjTOiPYQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
-  <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D79BA"/>
     <w:rsid w:val="00000C74"/>
     <w:rsid w:val="00051A75"/>
     <w:rsid w:val="0006460B"/>
     <w:rsid w:val="00092BD5"/>
     <w:rsid w:val="000934A9"/>
     <w:rsid w:val="000A0F7F"/>
     <w:rsid w:val="000B0EA5"/>
     <w:rsid w:val="000C74D8"/>
+    <w:rsid w:val="000D3957"/>
     <w:rsid w:val="000D6346"/>
     <w:rsid w:val="000D7895"/>
     <w:rsid w:val="000F27CB"/>
     <w:rsid w:val="00143B33"/>
     <w:rsid w:val="001450BB"/>
     <w:rsid w:val="00147A29"/>
     <w:rsid w:val="001643B2"/>
     <w:rsid w:val="00183EEF"/>
     <w:rsid w:val="00185E61"/>
     <w:rsid w:val="00186BC6"/>
     <w:rsid w:val="00193495"/>
     <w:rsid w:val="00194C2C"/>
     <w:rsid w:val="001A741D"/>
     <w:rsid w:val="001B7AC1"/>
     <w:rsid w:val="001C32B6"/>
     <w:rsid w:val="001C457A"/>
     <w:rsid w:val="001F36F6"/>
     <w:rsid w:val="001F4DD8"/>
+    <w:rsid w:val="001F7FFE"/>
     <w:rsid w:val="00205958"/>
     <w:rsid w:val="00224B05"/>
+    <w:rsid w:val="00290DED"/>
     <w:rsid w:val="002D42C9"/>
     <w:rsid w:val="002D61D4"/>
+    <w:rsid w:val="002E2816"/>
     <w:rsid w:val="002E4F16"/>
+    <w:rsid w:val="003427A0"/>
     <w:rsid w:val="003517D5"/>
     <w:rsid w:val="003545AC"/>
+    <w:rsid w:val="0039679A"/>
+    <w:rsid w:val="003A0CD4"/>
     <w:rsid w:val="003B4F85"/>
     <w:rsid w:val="003C0C87"/>
     <w:rsid w:val="003E1FDC"/>
     <w:rsid w:val="003E2F58"/>
     <w:rsid w:val="003E473A"/>
     <w:rsid w:val="0043285D"/>
     <w:rsid w:val="00443167"/>
     <w:rsid w:val="004A2ADF"/>
     <w:rsid w:val="004A4FF7"/>
     <w:rsid w:val="004A5F42"/>
     <w:rsid w:val="004A7961"/>
+    <w:rsid w:val="004C2CB0"/>
     <w:rsid w:val="004E55A3"/>
     <w:rsid w:val="00504CC5"/>
     <w:rsid w:val="00505214"/>
     <w:rsid w:val="00524198"/>
     <w:rsid w:val="005317D1"/>
     <w:rsid w:val="00541407"/>
     <w:rsid w:val="00564401"/>
     <w:rsid w:val="005728C5"/>
     <w:rsid w:val="00585FFC"/>
     <w:rsid w:val="005A61D7"/>
     <w:rsid w:val="005B629F"/>
     <w:rsid w:val="005B6C75"/>
     <w:rsid w:val="005C454F"/>
     <w:rsid w:val="005C7870"/>
     <w:rsid w:val="005F5918"/>
     <w:rsid w:val="00603064"/>
     <w:rsid w:val="00620B7D"/>
     <w:rsid w:val="006373A6"/>
+    <w:rsid w:val="0063792C"/>
     <w:rsid w:val="00640696"/>
     <w:rsid w:val="00650591"/>
     <w:rsid w:val="00666714"/>
     <w:rsid w:val="006A59BA"/>
     <w:rsid w:val="006B3A58"/>
+    <w:rsid w:val="006D6AF4"/>
     <w:rsid w:val="006E36AC"/>
     <w:rsid w:val="0070028E"/>
     <w:rsid w:val="0075245F"/>
     <w:rsid w:val="0077149E"/>
     <w:rsid w:val="00777767"/>
     <w:rsid w:val="007C224C"/>
     <w:rsid w:val="007C44DB"/>
     <w:rsid w:val="007D3937"/>
     <w:rsid w:val="007D7EC0"/>
     <w:rsid w:val="007E17E3"/>
     <w:rsid w:val="007F4F0B"/>
     <w:rsid w:val="00810A93"/>
+    <w:rsid w:val="00811428"/>
     <w:rsid w:val="0081459E"/>
     <w:rsid w:val="0084049E"/>
+    <w:rsid w:val="00854293"/>
     <w:rsid w:val="00893E35"/>
     <w:rsid w:val="008A174C"/>
     <w:rsid w:val="008A72BF"/>
     <w:rsid w:val="008D1B26"/>
     <w:rsid w:val="008E3E41"/>
     <w:rsid w:val="008F5292"/>
     <w:rsid w:val="0090382F"/>
     <w:rsid w:val="00904576"/>
     <w:rsid w:val="0092386C"/>
     <w:rsid w:val="009D6E7C"/>
     <w:rsid w:val="009D79BA"/>
     <w:rsid w:val="009F7022"/>
     <w:rsid w:val="00A2022E"/>
     <w:rsid w:val="00A27400"/>
     <w:rsid w:val="00A77137"/>
     <w:rsid w:val="00A851F3"/>
     <w:rsid w:val="00A971F2"/>
     <w:rsid w:val="00AA0AE1"/>
     <w:rsid w:val="00AA129B"/>
     <w:rsid w:val="00AB198D"/>
     <w:rsid w:val="00AC617B"/>
     <w:rsid w:val="00AE34C3"/>
+    <w:rsid w:val="00AF6B88"/>
+    <w:rsid w:val="00B017A1"/>
+    <w:rsid w:val="00B34E24"/>
     <w:rsid w:val="00B46E34"/>
     <w:rsid w:val="00B716DD"/>
     <w:rsid w:val="00B8084F"/>
     <w:rsid w:val="00B80923"/>
     <w:rsid w:val="00BC4110"/>
     <w:rsid w:val="00BC7677"/>
+    <w:rsid w:val="00BD5FD5"/>
     <w:rsid w:val="00BE0A05"/>
     <w:rsid w:val="00BF52C9"/>
     <w:rsid w:val="00C33667"/>
     <w:rsid w:val="00C53F6D"/>
     <w:rsid w:val="00C5718E"/>
     <w:rsid w:val="00C67377"/>
     <w:rsid w:val="00C823A5"/>
     <w:rsid w:val="00C935A4"/>
     <w:rsid w:val="00C93613"/>
     <w:rsid w:val="00C9433F"/>
+    <w:rsid w:val="00CA3B6D"/>
     <w:rsid w:val="00CB7173"/>
     <w:rsid w:val="00CD4FCC"/>
     <w:rsid w:val="00CD7AE9"/>
     <w:rsid w:val="00CE0A12"/>
     <w:rsid w:val="00CE5B32"/>
+    <w:rsid w:val="00CF1A38"/>
     <w:rsid w:val="00D03B60"/>
+    <w:rsid w:val="00D15B23"/>
     <w:rsid w:val="00D16D1A"/>
     <w:rsid w:val="00D23619"/>
     <w:rsid w:val="00D32276"/>
     <w:rsid w:val="00D36522"/>
     <w:rsid w:val="00D67F1B"/>
+    <w:rsid w:val="00D728EB"/>
     <w:rsid w:val="00D8569A"/>
     <w:rsid w:val="00DA0242"/>
+    <w:rsid w:val="00DA157D"/>
     <w:rsid w:val="00DB5299"/>
+    <w:rsid w:val="00DC37E1"/>
     <w:rsid w:val="00DC5BFE"/>
     <w:rsid w:val="00E161BC"/>
     <w:rsid w:val="00E44422"/>
     <w:rsid w:val="00E50654"/>
     <w:rsid w:val="00E66769"/>
     <w:rsid w:val="00E759D9"/>
     <w:rsid w:val="00E81B1D"/>
     <w:rsid w:val="00E878D4"/>
     <w:rsid w:val="00EB0391"/>
     <w:rsid w:val="00EE09DA"/>
     <w:rsid w:val="00EF4655"/>
     <w:rsid w:val="00EF7AE9"/>
     <w:rsid w:val="00F002DE"/>
     <w:rsid w:val="00F32C2E"/>
     <w:rsid w:val="00F509D3"/>
     <w:rsid w:val="00F5275D"/>
     <w:rsid w:val="00F90B50"/>
     <w:rsid w:val="00F95167"/>
     <w:rsid w:val="00FD10CC"/>
     <w:rsid w:val="010F0030"/>
     <w:rsid w:val="02B690CE"/>
     <w:rsid w:val="034C32E4"/>
     <w:rsid w:val="05E7889E"/>
     <w:rsid w:val="0B4118A4"/>
     <w:rsid w:val="0BEC912D"/>
@@ -13161,61 +11783,982 @@
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="00A971F2"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:semiHidden/>
     <w:rsid w:val="00A971F2"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="00A971F2"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0039679A"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A80C88A8-4C5A-4815-B42D-8A75AD873C0F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00AF1E35" w:rsidRDefault="003F4767">
+          <w:r w:rsidRPr="00B3644E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2F6A2348326C445CB5264CC039977752"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{37F7E8C0-22D4-42A5-A8B8-B87E3FB40FA2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00AF1E35" w:rsidRDefault="003F4767" w:rsidP="003F4767">
+          <w:pPr>
+            <w:pStyle w:val="2F6A2348326C445CB5264CC039977752"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00B3644E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="22D06C4E7C8F40248F6B16475D328B10"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CB28E1CC-F53B-4E25-A33B-248927AACD00}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00AF1E35" w:rsidRDefault="003F4767" w:rsidP="003F4767">
+          <w:pPr>
+            <w:pStyle w:val="22D06C4E7C8F40248F6B16475D328B10"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00B3644E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="23CAA6083A9944EAA823399D6FC724EE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{184CC100-381E-4D06-8F94-84D3DE952FFA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00AF1E35" w:rsidRDefault="003F4767" w:rsidP="003F4767">
+          <w:pPr>
+            <w:pStyle w:val="23CAA6083A9944EAA823399D6FC724EE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00B3644E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A4F744AE586142828B6618E45C97D35A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4D63CAC2-D222-42BF-9AD1-A2A0A8A0AD2E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00AF1E35" w:rsidRDefault="003F4767" w:rsidP="003F4767">
+          <w:pPr>
+            <w:pStyle w:val="A4F744AE586142828B6618E45C97D35A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00B3644E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B264D59BB4DC44AE993252F5CBCD89A2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{800EB9F3-3630-4082-A3B1-25BFC69EAC08}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00AF1E35" w:rsidRDefault="003F4767" w:rsidP="003F4767">
+          <w:pPr>
+            <w:pStyle w:val="B264D59BB4DC44AE993252F5CBCD89A2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00B3644E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3E53AFA9229242619C551452FD0BF5B8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{224D1A3A-CBDA-4580-8731-EF140F987337}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A7D03" w:rsidRDefault="003718C6" w:rsidP="003718C6">
+          <w:pPr>
+            <w:pStyle w:val="3E53AFA9229242619C551452FD0BF5B8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00B3644E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0759D4E9710A404E8A8AC3EFC82E8087"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{63EE1D2A-2A55-4747-8CC7-8AD578D4B3ED}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A7D03" w:rsidRDefault="003718C6" w:rsidP="003718C6">
+          <w:pPr>
+            <w:pStyle w:val="0759D4E9710A404E8A8AC3EFC82E8087"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D811E7">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F990BAA3827F404BABB6C12F7C4146B7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F1464C68-632F-4166-A21B-FB7DF60095E0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003A7D03" w:rsidRDefault="003718C6" w:rsidP="003718C6">
+          <w:pPr>
+            <w:pStyle w:val="F990BAA3827F404BABB6C12F7C4146B7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D811E7">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="OCR-A">
+    <w:altName w:val="Symbol"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Monotype Sorts">
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Batang">
+    <w:altName w:val="바탕"/>
+    <w:panose1 w:val="02030600000101010101"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="003F4767"/>
+    <w:rsid w:val="003718C6"/>
+    <w:rsid w:val="003A7D03"/>
+    <w:rsid w:val="003F4767"/>
+    <w:rsid w:val="00AF1E35"/>
+    <w:rsid w:val="00CF1A38"/>
+    <w:rsid w:val="00D728EB"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003718C6"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="245D624428BC43D18726EB2079C7FBC1">
+    <w:name w:val="245D624428BC43D18726EB2079C7FBC1"/>
+    <w:rsid w:val="003718C6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2F6A2348326C445CB5264CC039977752">
+    <w:name w:val="2F6A2348326C445CB5264CC039977752"/>
+    <w:rsid w:val="003F4767"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="22D06C4E7C8F40248F6B16475D328B10">
+    <w:name w:val="22D06C4E7C8F40248F6B16475D328B10"/>
+    <w:rsid w:val="003F4767"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="23CAA6083A9944EAA823399D6FC724EE">
+    <w:name w:val="23CAA6083A9944EAA823399D6FC724EE"/>
+    <w:rsid w:val="003F4767"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A4F744AE586142828B6618E45C97D35A">
+    <w:name w:val="A4F744AE586142828B6618E45C97D35A"/>
+    <w:rsid w:val="003F4767"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B264D59BB4DC44AE993252F5CBCD89A2">
+    <w:name w:val="B264D59BB4DC44AE993252F5CBCD89A2"/>
+    <w:rsid w:val="003F4767"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3E53AFA9229242619C551452FD0BF5B8">
+    <w:name w:val="3E53AFA9229242619C551452FD0BF5B8"/>
+    <w:rsid w:val="003718C6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0759D4E9710A404E8A8AC3EFC82E8087">
+    <w:name w:val="0759D4E9710A404E8A8AC3EFC82E8087"/>
+    <w:rsid w:val="003718C6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F990BAA3827F404BABB6C12F7C4146B7">
+    <w:name w:val="F990BAA3827F404BABB6C12F7C4146B7"/>
+    <w:rsid w:val="003718C6"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -13474,55 +13017,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1644</Words>
-  <Characters>9290</Characters>
+  <Words>1693</Words>
+  <Characters>9518</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>221</Lines>
-  <Paragraphs>108</Paragraphs>
+  <Lines>232</Lines>
+  <Paragraphs>162</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>NYU</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Ropes &amp; Gray</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10826</CharactersWithSpaces>
+  <CharactersWithSpaces>11049</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NYU</dc:title>
   <dc:subject/>
   <dc:creator>Ropes &amp; Gray</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>