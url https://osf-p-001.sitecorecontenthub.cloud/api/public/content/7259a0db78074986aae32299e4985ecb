--- v0 (2025-10-31)
+++ v1 (2025-12-03)
@@ -1,44 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
@@ -4788,279 +4792,328 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA0B37" w:rsidRPr="00520E4A" w14:paraId="441424F6" w14:textId="77777777" w:rsidTr="00D67821">
         <w:trPr>
           <w:trHeight w:val="387"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11826210" w14:textId="6B8D0FC1" w:rsidR="004177AB" w:rsidRDefault="00BA0B37" w:rsidP="009C12CA">
+          <w:p w14:paraId="4D60E4F4" w14:textId="77777777" w:rsidR="002F4626" w:rsidRDefault="002F4626" w:rsidP="002F4626">
             <w:pPr>
-              <w:ind w:left="524" w:hanging="236"/>
-[...1 lines deleted...]
-                <w:rStyle w:val="Hyperlink"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00520E4A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA0B37" w:rsidRPr="002F4626">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>g.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00520E4A">
+            <w:r w:rsidR="00BA0B37" w:rsidRPr="002F4626">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="004177AB">
-[...18 lines deleted...]
-              <w:r w:rsidR="30F941D6" w:rsidRPr="6604D807">
+            <w:r w:rsidR="008C185E" w:rsidRPr="002F4626">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Download, complete, and submit  the appropriate </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidR="008C185E" w:rsidRPr="002F4626">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Research Significant Financial Interest Disclosure Form</w:t>
+                <w:t>Conflict of Interest/Significant Financial Interest form</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="5EFB7B4B" w:rsidRPr="6604D807">
-[...23 lines deleted...]
-                <w:rStyle w:val="Hyperlink"/>
+            <w:r w:rsidR="008C185E" w:rsidRPr="002F4626">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:u w:val="none"/>
-[...5 lines deleted...]
-                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(s) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EC7C18B" w14:textId="7D0DE312" w:rsidR="002F4626" w:rsidRDefault="002F4626" w:rsidP="002F4626">
+            <w:pPr>
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:u w:val="none"/>
-[...5 lines deleted...]
-                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:u w:val="none"/>
-[...5 lines deleted...]
-                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidR="008C185E" w:rsidRPr="002F4626">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:u w:val="none"/>
-[...5 lines deleted...]
-                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to BOTH OSF Research Administration AND PIRB (when PIRB is EITHER IRB of Record OR providing </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C51B9C3" w14:textId="18CD1690" w:rsidR="008C185E" w:rsidRPr="002F4626" w:rsidRDefault="002F4626" w:rsidP="002F4626">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:u w:val="none"/>
-[...6 lines deleted...]
-                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidR="008C185E" w:rsidRPr="002F4626">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:u w:val="none"/>
-[...6 lines deleted...]
-                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>joint local oversight):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46505DB5" w14:textId="77777777" w:rsidR="008C185E" w:rsidRPr="00465A6D" w:rsidRDefault="008C185E" w:rsidP="008C185E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00155F3A">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:u w:val="none"/>
-[...5 lines deleted...]
-                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t xml:space="preserve">For studies that have NO funding or sponsorship outside of employing institution, PI completes SINGLE form to represent ENTIRE study team. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:u w:val="none"/>
-[...5 lines deleted...]
-                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Use the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r w:rsidRPr="00155F3A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>NON-SPONSORED CONFLICT OF INTEREST DISCLOSURE FORM (NSCOIDF)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="3211CE59" w14:textId="77777777" w:rsidR="008C185E" w:rsidRPr="002F4626" w:rsidRDefault="008C185E" w:rsidP="002F4626">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C185E">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:u w:val="none"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="009C12CA" w:rsidRPr="009C12CA">
+              </w:rPr>
+              <w:t xml:space="preserve">For ANY study that has ANY funding or sponsorship outside of employing institution, every investigator and study team member must complete </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r w:rsidRPr="002F4626">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Part I: SIGNIFICANT FINANCIAL INTEREST DISCLOSURE FORM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="11826210" w14:textId="69C488A9" w:rsidR="004177AB" w:rsidRPr="008C185E" w:rsidRDefault="008C185E" w:rsidP="002F4626">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="46"/>
+              </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C185E">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:u w:val="none"/>
-[...15 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t xml:space="preserve">Each investigator and study members who has ANY disclosures of significant financial interest (SFI) in Part I must fill out </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r w:rsidRPr="002F4626">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Part II: SIGNIFICANT FINANCIAL INTEREST DISCLOSURE FORM</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p w14:paraId="662A2CDB" w14:textId="77777777" w:rsidR="004177AB" w:rsidRPr="00D67821" w:rsidRDefault="004177AB" w:rsidP="004177AB">
             <w:pPr>
               <w:ind w:firstLine="288"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="441424F5" w14:textId="77BFC8B7" w:rsidR="005B4CA1" w:rsidRPr="005B4CA1" w:rsidRDefault="004177AB" w:rsidP="004177AB">
             <w:pPr>
               <w:ind w:firstLine="288"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D67821">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -5713,53 +5766,53 @@
             </w:r>
             <w:r w:rsidRPr="00520E4A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Personnel Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="10885" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10885"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001740A4" w:rsidRPr="00520E4A" w14:paraId="22F6A8A1" w14:textId="77777777" w:rsidTr="6BBF2BE7">
+      <w:tr w:rsidR="001740A4" w:rsidRPr="00520E4A" w14:paraId="22F6A8A1" w14:textId="77777777" w:rsidTr="008C185E">
         <w:trPr>
-          <w:trHeight w:val="1296"/>
+          <w:trHeight w:val="953"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10885" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="617BEBE8" w14:textId="7D39BFD5" w:rsidR="001740A4" w:rsidRPr="00520E4A" w:rsidRDefault="001740A4">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:ind w:left="288" w:hanging="288"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00520E4A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
@@ -5784,61 +5837,61 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="008C29DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> the table below </w:t>
             </w:r>
             <w:r w:rsidRPr="00520E4A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">all new personnel (including </w:t>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="_Int_0osJXIyb"/>
+            <w:bookmarkStart w:id="3" w:name="_Int_0osJXIyb"/>
             <w:r w:rsidRPr="00520E4A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>new</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidRPr="00520E4A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Principal Investigator) involved in conducting the research</w:t>
             </w:r>
             <w:r w:rsidR="006C59FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> study</w:t>
             </w:r>
             <w:r w:rsidR="007344A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -5950,60 +6003,60 @@
               </w:rPr>
               <w:t>Obtaining information about living individuals by intervening or interacting with them for research purposes;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07ABB7E1" w14:textId="77777777" w:rsidR="005F137F" w:rsidRPr="005F137F" w:rsidRDefault="005F137F" w:rsidP="005F137F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F137F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Obtaining identifiable </w:t>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="_Int_YiACREmG"/>
+            <w:bookmarkStart w:id="4" w:name="_Int_YiACREmG"/>
             <w:r w:rsidRPr="005F137F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>private information</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
             <w:r w:rsidRPr="005F137F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> about living individuals for research purposes;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61B9D61A" w14:textId="77777777" w:rsidR="005F137F" w:rsidRPr="005F137F" w:rsidRDefault="005F137F" w:rsidP="005F137F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F137F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6021,60 +6074,60 @@
               </w:numPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Accessing, s</w:t>
             </w:r>
             <w:r w:rsidR="005F137F" w:rsidRPr="005F137F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">tudying, interpreting, or analyzing identifiable </w:t>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="_Int_se1Nhd8B"/>
+            <w:bookmarkStart w:id="5" w:name="_Int_se1Nhd8B"/>
             <w:r w:rsidR="005F137F" w:rsidRPr="005F137F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>private information</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="5"/>
             <w:r w:rsidR="005F137F" w:rsidRPr="005F137F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> or data for research purposes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F49E2D6" w14:textId="77777777" w:rsidR="00C26BCA" w:rsidRPr="00904E78" w:rsidRDefault="0048337D" w:rsidP="00C26BCA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:spacing w:after="40"/>
               <w:rPr>
@@ -6116,645 +6169,666 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>assistance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> with determining who needs to be added to the study team, c</w:t>
             </w:r>
             <w:r>
               <w:t>ontact the</w:t>
             </w:r>
             <w:r w:rsidRPr="0083558B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidRPr="0083558B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human Subject </w:t>
               </w:r>
               <w:r w:rsidR="00671857" w:rsidRPr="0083558B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve">   </w:t>
               </w:r>
               <w:r w:rsidRPr="0083558B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Protection Program (</w:t>
               </w:r>
               <w:r w:rsidRPr="00BF300E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>HSPP) team.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="5CE62474" w14:textId="77777777" w:rsidR="000C7653" w:rsidRPr="00671857" w:rsidRDefault="000C7653" w:rsidP="00671857">
+          <w:p w14:paraId="5CE62474" w14:textId="77777777" w:rsidR="000C7653" w:rsidRDefault="000C7653" w:rsidP="00671857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A05719F" w14:textId="77777777" w:rsidR="008C185E" w:rsidRDefault="008C185E" w:rsidP="00671857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="552AC557" w14:textId="77777777" w:rsidR="008C185E" w:rsidRDefault="008C185E" w:rsidP="00671857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="110CD6D1" w14:textId="77777777" w:rsidR="008C185E" w:rsidRDefault="008C185E" w:rsidP="00671857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3BEC7BB2" w14:textId="77777777" w:rsidR="008C185E" w:rsidRDefault="008C185E" w:rsidP="00671857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="784F9E0F" w14:textId="77777777" w:rsidR="008C185E" w:rsidRPr="00671857" w:rsidRDefault="008C185E" w:rsidP="00671857">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7E69E091" w14:textId="3A72F200" w:rsidR="005B4CA1" w:rsidRPr="005B4CA1" w:rsidRDefault="005B4CA1" w:rsidP="005B4CA1">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00520E4A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4CA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>For</w:t>
             </w:r>
             <w:r w:rsidRPr="005B4CA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> EACH person listed, </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4CA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CITI training must be completed before this form can be submitted:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D669FB2" w14:textId="77777777" w:rsidR="005B4CA1" w:rsidRDefault="005B4CA1" w:rsidP="000C7653">
+          <w:p w14:paraId="602267D8" w14:textId="7C46912F" w:rsidR="008C185E" w:rsidRPr="008C185E" w:rsidRDefault="005B4CA1" w:rsidP="008C185E">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r w:rsidR="000C7653">
               <w:rPr>
                 <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>·</w:t>
             </w:r>
             <w:r w:rsidR="000C7653">
               <w:rPr>
                 <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidRPr="00520E4A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Refer to the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r w:rsidR="00654D54" w:rsidRPr="00654D54">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>“Education &amp; Training” webpage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00654D54">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00520E4A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>for additional information.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="602267D8" w14:textId="4844AEC4" w:rsidR="00684350" w:rsidRPr="00520E4A" w:rsidRDefault="00684350" w:rsidP="000C7653">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001740A4" w:rsidRPr="00520E4A" w14:paraId="375B18E5" w14:textId="77777777" w:rsidTr="003F376D">
+        <w:trPr>
+          <w:trHeight w:val="2880"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10885" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="484E87F7" w14:textId="77777777" w:rsidR="008C185E" w:rsidRDefault="008C185E" w:rsidP="008C185E">
             <w:pPr>
-              <w:spacing w:after="40"/>
-[...2 lines deleted...]
-                <w:b/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C185E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C185E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Download, complete, and submit  the appropriate </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r w:rsidRPr="008C185E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Conflict of Interest/Significant Financial Interest form</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="008C185E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(s) to </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15ECD08A" w14:textId="77777777" w:rsidR="008C185E" w:rsidRDefault="008C185E" w:rsidP="008C185E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C185E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BOTH OSF Research Administration AND PIRB (when PIRB is EITHER IRB of Record OR providing joint local </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0671DAB4" w14:textId="70F764D6" w:rsidR="008C185E" w:rsidRPr="008C185E" w:rsidRDefault="008C185E" w:rsidP="008C185E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C185E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>oversight):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48F74632" w14:textId="1F0627D1" w:rsidR="008C185E" w:rsidRPr="008C185E" w:rsidRDefault="008C185E" w:rsidP="008C185E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="54"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C185E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">For studies that have NO funding or sponsorship outside of employing institution, PI completes SINGLE form to represent ENTIRE study team. Use the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r w:rsidRPr="008C185E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>NON-SPONSORED CONFLICT OF INTEREST DISCLOSURE FORM (NSCOIDF)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="6303AF50" w14:textId="77777777" w:rsidR="008C185E" w:rsidRDefault="008C185E" w:rsidP="008C185E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="54"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C185E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">For ANY study that has ANY funding or sponsorship outside of employing institution, every investigator and study team member must complete </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r w:rsidRPr="002F4626">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Part I: SIGNIFICANT </w:t>
+              </w:r>
+              <w:r w:rsidRPr="002F4626">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>FINANCIAL</w:t>
+              </w:r>
+              <w:r w:rsidRPr="002F4626">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> INTEREST DISCLOSURE FORM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="2A29CAC9" w14:textId="4D825594" w:rsidR="008C185E" w:rsidRPr="008C185E" w:rsidRDefault="008C185E" w:rsidP="008C185E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="54"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C185E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Each investigator and study members who has ANY disclosures of significant financial interest (SFI) in Part I must fill out </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r w:rsidRPr="003F376D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Part II: SIGNIFICANT FINANCIAL INTEREST DISCLOSURE FORM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="01213568" w14:textId="77777777" w:rsidR="00684350" w:rsidRDefault="00684350" w:rsidP="0092222E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61445973" w14:textId="77777777" w:rsidR="003F376D" w:rsidRDefault="003F376D" w:rsidP="0092222E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="260FA64B" w14:textId="5EE3B930" w:rsidR="0092222E" w:rsidRPr="00CD33E9" w:rsidRDefault="0092222E" w:rsidP="0092222E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD33E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NOTE: If referencing below the “Delegation of Authority Log” (Do</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB3B9A" w:rsidRPr="00CD33E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>A Log</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD33E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>), then you should provide a copy of the Do</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB3B9A" w:rsidRPr="00CD33E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>A Log.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23EC3287" w14:textId="52777CCF" w:rsidR="00D67821" w:rsidRPr="00520E4A" w:rsidRDefault="00D67821">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001740A4" w:rsidRPr="00520E4A" w14:paraId="375B18E5" w14:textId="77777777" w:rsidTr="6BBF2BE7">
+      <w:tr w:rsidR="008C185E" w:rsidRPr="00520E4A" w14:paraId="641612E5" w14:textId="77777777" w:rsidTr="6BBF2BE7">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10885" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E568118" w14:textId="058BF2C0" w:rsidR="001740A4" w:rsidRDefault="005B4CA1" w:rsidP="6BBF2BE7">
+          <w:p w14:paraId="2A35915B" w14:textId="77777777" w:rsidR="008C185E" w:rsidRPr="008C185E" w:rsidRDefault="008C185E" w:rsidP="008C185E">
             <w:pPr>
-              <w:rPr>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="6BBF2BE7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
-                <w:sz w:val="20"/>
-[...383 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid2"/>
         <w:tblW w:w="10885" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1011"/>
         <w:gridCol w:w="1776"/>
         <w:gridCol w:w="1301"/>
         <w:gridCol w:w="1668"/>
         <w:gridCol w:w="3207"/>
         <w:gridCol w:w="1922"/>
       </w:tblGrid>
       <w:tr w:rsidR="00682D50" w:rsidRPr="00520E4A" w14:paraId="700B002B" w14:textId="47A44EF5" w:rsidTr="00FC1F24">
         <w:trPr>
@@ -6766,51 +6840,50 @@
             <w:tcW w:w="1011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C404F02" w14:textId="77777777" w:rsidR="00682D50" w:rsidRPr="00520E4A" w:rsidRDefault="00682D50" w:rsidP="00A50FFC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00520E4A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B58D761" w14:textId="65CADC93" w:rsidR="00682D50" w:rsidRPr="00520E4A" w:rsidRDefault="00682D50" w:rsidP="00A50FFC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -7594,87 +7667,87 @@
                         <w:u w:val="single"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin">
                         <w:ffData>
                           <w:name w:val="Dropdown1"/>
                           <w:enabled/>
                           <w:calcOnExit w:val="0"/>
                           <w:ddList>
                             <w:listEntry w:val="SELECT OPTION"/>
                             <w:listEntry w:val="NO"/>
                             <w:listEntry w:val="YES"/>
                             <w:listEntry w:val="N/A"/>
                           </w:ddList>
                         </w:ffData>
                       </w:fldChar>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:u w:val="single"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> </w:instrText>
                     </w:r>
-                    <w:bookmarkStart w:id="8" w:name="Dropdown1"/>
+                    <w:bookmarkStart w:id="6" w:name="Dropdown1"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:u w:val="single"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve">FORMDROPDOWN </w:instrText>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:u w:val="single"/>
                       </w:rPr>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:u w:val="single"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:u w:val="single"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
-                    <w:bookmarkEnd w:id="8"/>
+                    <w:bookmarkEnd w:id="6"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:u w:val="single"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin">
                         <w:ffData>
                           <w:name w:val=""/>
                           <w:enabled/>
                           <w:calcOnExit w:val="0"/>
                           <w:ddList>
                             <w:listEntry w:val="SELECT OPTION"/>
                             <w:listEntry w:val="NO"/>
                             <w:listEntry w:val="YES"/>
                             <w:listEntry w:val="N/A"/>
                           </w:ddList>
                         </w:ffData>
                       </w:fldChar>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:sz w:val="20"/>
@@ -10497,52 +10570,56 @@
           <w:p w14:paraId="5E3866D9" w14:textId="5D734CD3" w:rsidR="00B1140F" w:rsidRPr="00520E4A" w:rsidRDefault="00B1140F" w:rsidP="00361C45">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3930C566" w14:textId="3DBA82EE" w:rsidR="00C369FB" w:rsidRPr="00520E4A" w:rsidRDefault="00C369FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2700"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C369FB" w:rsidRPr="00520E4A" w:rsidSect="008D2E26">
-      <w:headerReference w:type="default" r:id="rId20"/>
-      <w:footerReference w:type="default" r:id="rId21"/>
+      <w:headerReference w:type="even" r:id="rId26"/>
+      <w:headerReference w:type="default" r:id="rId27"/>
+      <w:footerReference w:type="even" r:id="rId28"/>
+      <w:footerReference w:type="default" r:id="rId29"/>
+      <w:headerReference w:type="first" r:id="rId30"/>
+      <w:footerReference w:type="first" r:id="rId31"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="43" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6A8040E5" w14:textId="77777777" w:rsidR="00BF54D5" w:rsidRDefault="00BF54D5" w:rsidP="005F723A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0AB595E0" w14:textId="77777777" w:rsidR="00BF54D5" w:rsidRDefault="00BF54D5" w:rsidP="005F723A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -10561,186 +10638,180 @@
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2821790F" w14:textId="77777777" w:rsidR="00CC7482" w:rsidRDefault="00CC7482">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:id w:val="-85930241"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="441425F9" w14:textId="024F1F91" w:rsidR="00F871E9" w:rsidRPr="004177AB" w:rsidRDefault="00F871E9" w:rsidP="00CB7B9A">
+          <w:p w14:paraId="441425F9" w14:textId="63C01CB7" w:rsidR="00F871E9" w:rsidRPr="004177AB" w:rsidRDefault="00F871E9" w:rsidP="00CB7B9A">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004177AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Version</w:t>
             </w:r>
             <w:r w:rsidR="001F467B" w:rsidRPr="004177AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Date: </w:t>
             </w:r>
             <w:r w:rsidR="00CD33E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...15 lines deleted...]
-              <w:t>FEB2025</w:t>
+              <w:t>2025</w:t>
             </w:r>
             <w:r w:rsidRPr="004177AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="004177AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r w:rsidRPr="004177AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -10833,83 +10904,103 @@
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="004177AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="060A776B" w14:textId="77777777" w:rsidR="00CC7482" w:rsidRDefault="00CC7482">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0D4A19BA" w14:textId="77777777" w:rsidR="00BF54D5" w:rsidRDefault="00BF54D5" w:rsidP="005F723A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="47ED754B" w14:textId="77777777" w:rsidR="00BF54D5" w:rsidRDefault="00BF54D5" w:rsidP="005F723A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="181DEBE9" w14:textId="77777777" w:rsidR="00BF54D5" w:rsidRDefault="00BF54D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6DEC8E98" w14:textId="77777777" w:rsidR="00CC7482" w:rsidRDefault="00CC7482">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2556"/>
       <w:gridCol w:w="8244"/>
     </w:tblGrid>
     <w:tr w:rsidR="00F871E9" w14:paraId="441425F6" w14:textId="77777777" w:rsidTr="00CF2B20">
       <w:trPr>
         <w:trHeight w:val="1008"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
@@ -11006,72 +11097,76 @@
             <w:t xml:space="preserve">Research </w:t>
           </w:r>
           <w:r w:rsidRPr="00A92766">
             <w:rPr>
               <w:sz w:val="52"/>
               <w:szCs w:val="52"/>
             </w:rPr>
             <w:t>Form</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="441425F7" w14:textId="161ADFF5" w:rsidR="00F871E9" w:rsidRPr="007D6259" w:rsidRDefault="00F871E9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="28B6CECC" w14:textId="77777777" w:rsidR="00CC7482" w:rsidRDefault="00CC7482">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:textHash int2:hashCode="9Mu7j2hOhDefgo" int2:id="X1k5DAMl">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="VPjfbhNgNtJy/0" int2:id="dBYVJvpA">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:textHash>
     <int2:bookmark int2:bookmarkName="_Int_0osJXIyb" int2:invalidationBookmarkName="" int2:hashCode="wqawPxkN+ytKqR" int2:id="4xJf5wto">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:bookmark>
-    <int2:bookmark int2:bookmarkName="_Int_v7yTBxqv" int2:invalidationBookmarkName="" int2:hashCode="RcjrhrUf+27r07" int2:id="EJ0kKHpi">
+    <int2:bookmark int2:bookmarkName="_Int_se1Nhd8B" int2:invalidationBookmarkName="" int2:hashCode="1+kcVf/LaFNFHD" int2:id="HSHiPR2a">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:bookmark>
     <int2:bookmark int2:bookmarkName="_Int_YiACREmG" int2:invalidationBookmarkName="" int2:hashCode="1+kcVf/LaFNFHD" int2:id="EYQGQfD8">
-      <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
-[...4 lines deleted...]
-    <int2:bookmark int2:bookmarkName="_Int_8VhUFxzN" int2:invalidationBookmarkName="" int2:hashCode="RcjrhrUf+27r07" int2:id="jbv82zmf">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:bookmark>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="035165EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F0437CA"/>
     <w:lvl w:ilvl="0" w:tplc="8DB83A0A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
@@ -11152,50 +11247,143 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3656D686">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="03CB3322"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F5BE2928"/>
+    <w:lvl w:ilvl="0" w:tplc="08AC1314">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04EC7FA6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C9D0B106"/>
     <w:lvl w:ilvl="0" w:tplc="0540EC60">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -11263,51 +11451,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="064B1917"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70E695DA"/>
     <w:lvl w:ilvl="0" w:tplc="14ECE32C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2053" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Wingdings" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2005" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11376,51 +11564,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6325" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7045" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07980A0D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="905EE96C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -11489,51 +11677,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="129C1A07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4B4E65B0"/>
     <w:lvl w:ilvl="0" w:tplc="8E5C0C46">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -11579,51 +11767,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1389152B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65F6F8C8"/>
     <w:lvl w:ilvl="0" w:tplc="91B43F3E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1496" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Wingdings" w:cs="Arial" w:hint="default"/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2006" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -11693,51 +11881,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6326" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7046" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="159413B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C68B67A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1237" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1957" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="EE70EF04">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -11783,51 +11971,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5557" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6277" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6997" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18041907"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4148E684"/>
     <w:lvl w:ilvl="0" w:tplc="6E1811B2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -11895,51 +12083,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18327565"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E7C2C380"/>
     <w:lvl w:ilvl="0" w:tplc="79E4A696">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -11985,51 +12173,144 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A381671"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1BCA73DC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D0F72BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="85CEAD78"/>
     <w:lvl w:ilvl="0" w:tplc="14ECE32C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2027" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Wingdings" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1979" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12098,51 +12379,148 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6299" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7019" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E027BD7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3AC642B4"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4BDA4236">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E805262"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="94CE3864"/>
     <w:lvl w:ilvl="0" w:tplc="E244C7D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="67B066BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -12211,51 +12589,144 @@
     <w:lvl w:ilvl="7" w:tplc="2FAE7212">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7E5AB0FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E98572E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CEF0489C"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20657A93"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FCC47AEC"/>
     <w:lvl w:ilvl="0" w:tplc="EDB286E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -12300,51 +12771,238 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20940AA1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="987A14F2"/>
+    <w:lvl w:ilvl="0" w:tplc="E444C5E0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="020A70E8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="23C908D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1E6EED8A"/>
+    <w:lvl w:ilvl="0" w:tplc="6C86C584">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="252706E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5BCC189A"/>
     <w:lvl w:ilvl="0" w:tplc="D6C27104">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -12394,51 +13052,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28D9346C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C1402FA0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12507,51 +13165,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29456EBA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7CCE4B18"/>
     <w:lvl w:ilvl="0" w:tplc="31340880">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -12598,51 +13256,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DF26168"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4DC25E28"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -12684,51 +13342,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35390D9C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F7E61C0"/>
     <w:lvl w:ilvl="0" w:tplc="14ECE32C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1538" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Wingdings" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2048" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12797,51 +13455,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6368" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7088" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35F940F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2698F802"/>
     <w:lvl w:ilvl="0" w:tplc="1B7E2BF0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1488" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Wingdings" w:cs="Arial" w:hint="default"/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1998" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -12911,51 +13569,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6318" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7038" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C043690"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD0283F0"/>
     <w:lvl w:ilvl="0" w:tplc="04B8488E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -13002,51 +13660,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="405D671D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7AA0D08C"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0FB27B40">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
       </w:rPr>
     </w:lvl>
@@ -13092,51 +13750,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42433695"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4336E4BE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13178,51 +13836,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45E76558"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6CE4C97E"/>
     <w:lvl w:ilvl="0" w:tplc="A3C65C3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="EDB286E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13271,51 +13929,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="463350AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="06CAD722"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13357,51 +14015,144 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="465D2C94"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6D141BBE"/>
+    <w:lvl w:ilvl="0" w:tplc="08AC1314">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CC55962"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97C6EE5E"/>
     <w:lvl w:ilvl="0" w:tplc="14ECE32C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2101" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Wingdings" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2053" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13470,51 +14221,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6373" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7093" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4FD267C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="98F8E1A6"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1237" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1957" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13556,51 +14307,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5557" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6277" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6997" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="510A3595"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FEDE4434"/>
     <w:lvl w:ilvl="0" w:tplc="D582581E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -13646,51 +14397,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54CA047E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5E63758"/>
     <w:lvl w:ilvl="0" w:tplc="89666F9E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -13736,51 +14487,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54F87F18"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0616F51A"/>
     <w:lvl w:ilvl="0" w:tplc="E04EADCC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -13826,51 +14577,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56217F66"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6FAEED2A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="562F1256"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA1C7208"/>
     <w:lvl w:ilvl="0" w:tplc="14ECE32C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="930" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Wingdings" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1650" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13939,51 +14803,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5970" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6690" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56321050"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="221CEA56"/>
     <w:lvl w:ilvl="0" w:tplc="1D14E980">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -14028,51 +14892,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56611BA4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F7EA7EDA"/>
     <w:lvl w:ilvl="0" w:tplc="1E621CA2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -14119,51 +14983,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58AC1727"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A5B25036"/>
     <w:lvl w:ilvl="0" w:tplc="CA3E5AD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -14212,51 +15076,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FFE5F50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A79A3386"/>
     <w:lvl w:ilvl="0" w:tplc="E2D49720">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -14302,51 +15166,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62C44537"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7CD46580"/>
     <w:lvl w:ilvl="0" w:tplc="78A83ACA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -14392,51 +15256,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64D217DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F3CC9E28"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -14478,51 +15342,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64DF1059"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52445C9A"/>
     <w:lvl w:ilvl="0" w:tplc="F4949024">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1488" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Wingdings" w:cs="Arial" w:hint="default"/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1998" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -14592,51 +15456,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6318" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7038" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="669D7529"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E1064854"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14705,51 +15569,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6CC35071"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F66E7F74"/>
     <w:lvl w:ilvl="0" w:tplc="F17CCD3E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1488" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Wingdings" w:cs="Arial" w:hint="default"/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1998" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -14819,51 +15683,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6318" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7038" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D2561F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C141FE0"/>
     <w:lvl w:ilvl="0" w:tplc="F3742D32">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -14908,51 +15772,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D7D2382"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D554976E"/>
     <w:lvl w:ilvl="0" w:tplc="1D14E980">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -14997,51 +15861,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="703B602A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EFF06CAC"/>
     <w:lvl w:ilvl="0" w:tplc="EDB286E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -15086,51 +15950,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70A00487"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D226945A"/>
     <w:lvl w:ilvl="0" w:tplc="E04EADCC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -15176,51 +16040,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78484608"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B704BAC6"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -15262,51 +16126,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B1066E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="45CCF8B8"/>
     <w:lvl w:ilvl="0" w:tplc="2F483C6A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -15352,51 +16216,165 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D295CA2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D4D81EFC"/>
+    <w:lvl w:ilvl="0" w:tplc="04EAF690">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7ECE7A70"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="19842E36"/>
     <w:lvl w:ilvl="0" w:tplc="B7DE3712">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -15444,193 +16422,220 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="668949409">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="338238011">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="347954101">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1020160165">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="832335606">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="909273202">
+    <w:abstractNumId w:val="50"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="40784448">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1775633912">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1492520834">
+    <w:abstractNumId w:val="48"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="926154846">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="571354601">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="25108951">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1571380047">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="2046827102">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1225490084">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1108744491">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="490298270">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1678995710">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="2111702563">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1071318838">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1476680079">
+    <w:abstractNumId w:val="51"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1153260502">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="526412315">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="160005928">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1743721289">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="2086296428">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="338238011">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="27" w16cid:durableId="666905078">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="347954101">
-    <w:abstractNumId w:val="29"/>
+  <w:num w:numId="28" w16cid:durableId="996493935">
+    <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1020160165">
+  <w:num w:numId="29" w16cid:durableId="1659310256">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1535189914">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="223033028">
+    <w:abstractNumId w:val="53"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1173909434">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1941596494">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1298756558">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="665714737">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1299408999">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="992949979">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1046415596">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1560549972">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="832335606">
-    <w:abstractNumId w:val="41"/>
+  <w:num w:numId="40" w16cid:durableId="1023945837">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="909273202">
-    <w:abstractNumId w:val="42"/>
+  <w:num w:numId="41" w16cid:durableId="1773698792">
+    <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="40784448">
-    <w:abstractNumId w:val="34"/>
+  <w:num w:numId="42" w16cid:durableId="2101681777">
+    <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1775633912">
-[...20 lines deleted...]
-  <w:num w:numId="15" w16cid:durableId="1225490084">
+  <w:num w:numId="43" w16cid:durableId="266157767">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1108744491">
-[...41 lines deleted...]
-  <w:num w:numId="30" w16cid:durableId="1535189914">
+  <w:num w:numId="44" w16cid:durableId="1118842515">
     <w:abstractNumId w:val="13"/>
-  </w:num>
-[...40 lines deleted...]
-    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="990791631">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="46" w16cid:durableId="1261068605">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="641039011">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="1073046986">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="893929860">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="1149135270">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="51" w16cid:durableId="657416675">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="52" w16cid:durableId="2119565789">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="53" w16cid:durableId="1777216206">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="54" w16cid:durableId="1422943425">
+    <w:abstractNumId w:val="52"/>
+  </w:num>
+  <w:numIdMacAtCleanup w:val="54"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:revisionView w:markup="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="rwiFGjdlvpn1GGVcy0JESc1EcvT6sSN1eUHMO3SHiujyZzWrb06itnbqyc5Z6glLocufxllkyqMfldcxBV4+VA==" w:salt="SnqWnyanq8fA5emW19p7Ow=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ljEens36wvLWgfDF5cNWsIGxqrtT0NGKHj66OeHaVilRcM2sXQljXxPgyJ5MkqXoo1IJH8+aTck2a+0KZsUwhA==" w:salt="CDrwzcwRuiUYVJ6nEisMrA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005F723A"/>
@@ -15721,97 +16726,100 @@
     <w:rsid w:val="002367F5"/>
     <w:rsid w:val="002460D3"/>
     <w:rsid w:val="00250207"/>
     <w:rsid w:val="00250420"/>
     <w:rsid w:val="00251CB9"/>
     <w:rsid w:val="002561FA"/>
     <w:rsid w:val="0027161C"/>
     <w:rsid w:val="00273DAA"/>
     <w:rsid w:val="00274C5D"/>
     <w:rsid w:val="00277331"/>
     <w:rsid w:val="00280D9F"/>
     <w:rsid w:val="00281834"/>
     <w:rsid w:val="00281CA4"/>
     <w:rsid w:val="00297292"/>
     <w:rsid w:val="002A0B6C"/>
     <w:rsid w:val="002A7783"/>
     <w:rsid w:val="002B0C68"/>
     <w:rsid w:val="002B4202"/>
     <w:rsid w:val="002C1470"/>
     <w:rsid w:val="002C211E"/>
     <w:rsid w:val="002C4234"/>
     <w:rsid w:val="002D63FA"/>
     <w:rsid w:val="002E133E"/>
     <w:rsid w:val="002E1506"/>
     <w:rsid w:val="002E36D5"/>
+    <w:rsid w:val="002F4626"/>
     <w:rsid w:val="0030273B"/>
     <w:rsid w:val="00302EF5"/>
     <w:rsid w:val="00304803"/>
     <w:rsid w:val="00310558"/>
     <w:rsid w:val="0031646B"/>
     <w:rsid w:val="003213C9"/>
     <w:rsid w:val="00324C18"/>
     <w:rsid w:val="0032564B"/>
     <w:rsid w:val="0032611E"/>
     <w:rsid w:val="00327316"/>
     <w:rsid w:val="00327D8B"/>
     <w:rsid w:val="0033129E"/>
     <w:rsid w:val="00333473"/>
     <w:rsid w:val="00336EA2"/>
     <w:rsid w:val="00341B62"/>
     <w:rsid w:val="0035018C"/>
     <w:rsid w:val="003505E9"/>
     <w:rsid w:val="00353021"/>
     <w:rsid w:val="00354780"/>
     <w:rsid w:val="00354899"/>
     <w:rsid w:val="00360D7E"/>
     <w:rsid w:val="00360E5E"/>
     <w:rsid w:val="00361C45"/>
     <w:rsid w:val="003657D6"/>
     <w:rsid w:val="003769B2"/>
     <w:rsid w:val="003848F9"/>
     <w:rsid w:val="00385FEF"/>
     <w:rsid w:val="003921BF"/>
     <w:rsid w:val="003975F9"/>
     <w:rsid w:val="0039763D"/>
     <w:rsid w:val="003A032A"/>
     <w:rsid w:val="003A44FE"/>
     <w:rsid w:val="003A4598"/>
     <w:rsid w:val="003B0500"/>
     <w:rsid w:val="003B290B"/>
     <w:rsid w:val="003B2B09"/>
     <w:rsid w:val="003B5019"/>
     <w:rsid w:val="003B6B6B"/>
     <w:rsid w:val="003D0499"/>
     <w:rsid w:val="003D1A6D"/>
     <w:rsid w:val="003E055F"/>
     <w:rsid w:val="003E17EA"/>
     <w:rsid w:val="003E28D5"/>
     <w:rsid w:val="003F1054"/>
+    <w:rsid w:val="003F376D"/>
     <w:rsid w:val="003F41FC"/>
     <w:rsid w:val="003F51B4"/>
     <w:rsid w:val="003F66FD"/>
+    <w:rsid w:val="00405617"/>
     <w:rsid w:val="00411E32"/>
     <w:rsid w:val="0041719D"/>
     <w:rsid w:val="004177AB"/>
     <w:rsid w:val="0042519A"/>
     <w:rsid w:val="00434FD9"/>
     <w:rsid w:val="00443A75"/>
     <w:rsid w:val="00443B39"/>
     <w:rsid w:val="00445C63"/>
     <w:rsid w:val="004465F5"/>
     <w:rsid w:val="00465551"/>
     <w:rsid w:val="00467A4B"/>
     <w:rsid w:val="004753C1"/>
     <w:rsid w:val="004759F9"/>
     <w:rsid w:val="00481332"/>
     <w:rsid w:val="0048337D"/>
     <w:rsid w:val="00483991"/>
     <w:rsid w:val="00497815"/>
     <w:rsid w:val="004A0793"/>
     <w:rsid w:val="004A19CA"/>
     <w:rsid w:val="004B2702"/>
     <w:rsid w:val="004B37CA"/>
     <w:rsid w:val="004B526C"/>
     <w:rsid w:val="004C397A"/>
     <w:rsid w:val="004D3747"/>
     <w:rsid w:val="004D4F23"/>
@@ -15889,50 +16897,51 @@
     <w:rsid w:val="0063502B"/>
     <w:rsid w:val="00637CBF"/>
     <w:rsid w:val="0064037A"/>
     <w:rsid w:val="006450D7"/>
     <w:rsid w:val="00645758"/>
     <w:rsid w:val="006474F5"/>
     <w:rsid w:val="00654226"/>
     <w:rsid w:val="00654957"/>
     <w:rsid w:val="00654D54"/>
     <w:rsid w:val="006564C6"/>
     <w:rsid w:val="00656663"/>
     <w:rsid w:val="00660B7B"/>
     <w:rsid w:val="00661AB4"/>
     <w:rsid w:val="006626EA"/>
     <w:rsid w:val="0066470A"/>
     <w:rsid w:val="00671857"/>
     <w:rsid w:val="00671BDE"/>
     <w:rsid w:val="00672A07"/>
     <w:rsid w:val="00676949"/>
     <w:rsid w:val="0068097C"/>
     <w:rsid w:val="00682D50"/>
     <w:rsid w:val="0068380E"/>
     <w:rsid w:val="00684350"/>
     <w:rsid w:val="00686143"/>
     <w:rsid w:val="0068676B"/>
+    <w:rsid w:val="00691A53"/>
     <w:rsid w:val="006923B6"/>
     <w:rsid w:val="006962C3"/>
     <w:rsid w:val="00696645"/>
     <w:rsid w:val="006A02C9"/>
     <w:rsid w:val="006A174F"/>
     <w:rsid w:val="006A1FBD"/>
     <w:rsid w:val="006A461F"/>
     <w:rsid w:val="006A6D74"/>
     <w:rsid w:val="006B4F85"/>
     <w:rsid w:val="006B718B"/>
     <w:rsid w:val="006C17DD"/>
     <w:rsid w:val="006C59FD"/>
     <w:rsid w:val="006D3B34"/>
     <w:rsid w:val="006D5823"/>
     <w:rsid w:val="006D5C39"/>
     <w:rsid w:val="006D7F82"/>
     <w:rsid w:val="006E6D9B"/>
     <w:rsid w:val="006E77D8"/>
     <w:rsid w:val="006F41D5"/>
     <w:rsid w:val="006F4315"/>
     <w:rsid w:val="00701B03"/>
     <w:rsid w:val="00707704"/>
     <w:rsid w:val="00707DA2"/>
     <w:rsid w:val="007109E0"/>
     <w:rsid w:val="00711F43"/>
@@ -15984,50 +16993,51 @@
     <w:rsid w:val="00841634"/>
     <w:rsid w:val="00842E47"/>
     <w:rsid w:val="008526A2"/>
     <w:rsid w:val="00853008"/>
     <w:rsid w:val="008531F8"/>
     <w:rsid w:val="00853E5D"/>
     <w:rsid w:val="008545CA"/>
     <w:rsid w:val="00855AA6"/>
     <w:rsid w:val="00855FE6"/>
     <w:rsid w:val="008560D9"/>
     <w:rsid w:val="0086130C"/>
     <w:rsid w:val="00862ADC"/>
     <w:rsid w:val="0087098E"/>
     <w:rsid w:val="00874AC8"/>
     <w:rsid w:val="00881B2D"/>
     <w:rsid w:val="008835EB"/>
     <w:rsid w:val="00894C31"/>
     <w:rsid w:val="0089617A"/>
     <w:rsid w:val="008963E2"/>
     <w:rsid w:val="00897F0F"/>
     <w:rsid w:val="008A43A6"/>
     <w:rsid w:val="008A7A4A"/>
     <w:rsid w:val="008B074B"/>
     <w:rsid w:val="008B3BD9"/>
     <w:rsid w:val="008B6EE2"/>
+    <w:rsid w:val="008C185E"/>
     <w:rsid w:val="008C1ACE"/>
     <w:rsid w:val="008C28DE"/>
     <w:rsid w:val="008C29DB"/>
     <w:rsid w:val="008D26A4"/>
     <w:rsid w:val="008D2E26"/>
     <w:rsid w:val="008D51FE"/>
     <w:rsid w:val="008D7924"/>
     <w:rsid w:val="008E11C1"/>
     <w:rsid w:val="008E30AE"/>
     <w:rsid w:val="008E3D05"/>
     <w:rsid w:val="008F3515"/>
     <w:rsid w:val="008F40B2"/>
     <w:rsid w:val="008F7499"/>
     <w:rsid w:val="009000BF"/>
     <w:rsid w:val="009015F4"/>
     <w:rsid w:val="00901701"/>
     <w:rsid w:val="009032CD"/>
     <w:rsid w:val="00904E78"/>
     <w:rsid w:val="009052F7"/>
     <w:rsid w:val="009115D0"/>
     <w:rsid w:val="00914AB9"/>
     <w:rsid w:val="00917DB9"/>
     <w:rsid w:val="0092222E"/>
     <w:rsid w:val="00923484"/>
     <w:rsid w:val="0092386C"/>
@@ -16169,59 +17179,61 @@
     <w:rsid w:val="00C049A8"/>
     <w:rsid w:val="00C04A0B"/>
     <w:rsid w:val="00C06F5E"/>
     <w:rsid w:val="00C07BDC"/>
     <w:rsid w:val="00C12C0E"/>
     <w:rsid w:val="00C15D9A"/>
     <w:rsid w:val="00C20722"/>
     <w:rsid w:val="00C2274B"/>
     <w:rsid w:val="00C22B19"/>
     <w:rsid w:val="00C26BCA"/>
     <w:rsid w:val="00C33E21"/>
     <w:rsid w:val="00C3585B"/>
     <w:rsid w:val="00C369FB"/>
     <w:rsid w:val="00C377D9"/>
     <w:rsid w:val="00C448DC"/>
     <w:rsid w:val="00C53065"/>
     <w:rsid w:val="00C53B6F"/>
     <w:rsid w:val="00C574B8"/>
     <w:rsid w:val="00C57879"/>
     <w:rsid w:val="00C62A77"/>
     <w:rsid w:val="00C63F51"/>
     <w:rsid w:val="00C653EB"/>
     <w:rsid w:val="00C8083A"/>
     <w:rsid w:val="00C82ADF"/>
     <w:rsid w:val="00C904CC"/>
+    <w:rsid w:val="00C90E22"/>
     <w:rsid w:val="00C91F75"/>
     <w:rsid w:val="00C920C7"/>
     <w:rsid w:val="00C9784C"/>
     <w:rsid w:val="00CA165C"/>
     <w:rsid w:val="00CA28EB"/>
     <w:rsid w:val="00CB3B9A"/>
     <w:rsid w:val="00CB7B9A"/>
     <w:rsid w:val="00CB7F51"/>
     <w:rsid w:val="00CC3ED4"/>
+    <w:rsid w:val="00CC7482"/>
     <w:rsid w:val="00CD0DBC"/>
     <w:rsid w:val="00CD33E9"/>
     <w:rsid w:val="00CD64FE"/>
     <w:rsid w:val="00CE3EEF"/>
     <w:rsid w:val="00CE40FE"/>
     <w:rsid w:val="00CE783B"/>
     <w:rsid w:val="00CF041A"/>
     <w:rsid w:val="00CF1E95"/>
     <w:rsid w:val="00CF2B20"/>
     <w:rsid w:val="00CF44DB"/>
     <w:rsid w:val="00CF47BC"/>
     <w:rsid w:val="00CF5D8A"/>
     <w:rsid w:val="00D02D55"/>
     <w:rsid w:val="00D05E89"/>
     <w:rsid w:val="00D16E7E"/>
     <w:rsid w:val="00D22E4B"/>
     <w:rsid w:val="00D25951"/>
     <w:rsid w:val="00D37DB2"/>
     <w:rsid w:val="00D40182"/>
     <w:rsid w:val="00D43A1C"/>
     <w:rsid w:val="00D44628"/>
     <w:rsid w:val="00D457B5"/>
     <w:rsid w:val="00D463EB"/>
     <w:rsid w:val="00D47F3A"/>
     <w:rsid w:val="00D534BD"/>
@@ -16255,50 +17267,51 @@
     <w:rsid w:val="00DD357B"/>
     <w:rsid w:val="00DE5A1B"/>
     <w:rsid w:val="00DE79B6"/>
     <w:rsid w:val="00DF0541"/>
     <w:rsid w:val="00DF0FB7"/>
     <w:rsid w:val="00DF65A2"/>
     <w:rsid w:val="00E069A0"/>
     <w:rsid w:val="00E12CB4"/>
     <w:rsid w:val="00E22E28"/>
     <w:rsid w:val="00E23924"/>
     <w:rsid w:val="00E23BEC"/>
     <w:rsid w:val="00E27D71"/>
     <w:rsid w:val="00E3298F"/>
     <w:rsid w:val="00E35A9E"/>
     <w:rsid w:val="00E366E2"/>
     <w:rsid w:val="00E415A1"/>
     <w:rsid w:val="00E4308F"/>
     <w:rsid w:val="00E43C3C"/>
     <w:rsid w:val="00E45704"/>
     <w:rsid w:val="00E51CFC"/>
     <w:rsid w:val="00E562E7"/>
     <w:rsid w:val="00E65DBE"/>
     <w:rsid w:val="00E679FA"/>
     <w:rsid w:val="00E7471D"/>
     <w:rsid w:val="00E754FD"/>
+    <w:rsid w:val="00E818DF"/>
     <w:rsid w:val="00E84BBA"/>
     <w:rsid w:val="00E8693B"/>
     <w:rsid w:val="00E90B87"/>
     <w:rsid w:val="00E95E1C"/>
     <w:rsid w:val="00EA4D5E"/>
     <w:rsid w:val="00EA70A6"/>
     <w:rsid w:val="00EB76AC"/>
     <w:rsid w:val="00EC0C8E"/>
     <w:rsid w:val="00EC361B"/>
     <w:rsid w:val="00EC4E65"/>
     <w:rsid w:val="00ED0B57"/>
     <w:rsid w:val="00ED20B0"/>
     <w:rsid w:val="00ED2500"/>
     <w:rsid w:val="00ED45F6"/>
     <w:rsid w:val="00ED4941"/>
     <w:rsid w:val="00EE5F3D"/>
     <w:rsid w:val="00EF2F93"/>
     <w:rsid w:val="00EF478C"/>
     <w:rsid w:val="00EF645E"/>
     <w:rsid w:val="00EF7A92"/>
     <w:rsid w:val="00F00B32"/>
     <w:rsid w:val="00F0509C"/>
     <w:rsid w:val="00F063D8"/>
     <w:rsid w:val="00F06FED"/>
     <w:rsid w:val="00F0728A"/>
@@ -17362,54 +18375,54 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1152258242">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osf.clinicalresearch@osfhealthcare.org?subject=Research%20Application%20Questions" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/education-training" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSF.HSPP@osfhealthcare.org" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osf.clinicalresearch@osfhealthcare.org?subject=New%20Research%20Application" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSF.ClinicalResearch@osfhealthcare.org?subject=REMOVE%20Research%20Personnel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/research/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osf.clinicalresearch@osfhealthcare.org?subject=Research%20Application%20Questions" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/education-training" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSF.HSPP@osfhealthcare.org" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osf.clinicalresearch@osfhealthcare.org?subject=New%20Research%20Application" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSF.ClinicalResearch@osfhealthcare.org?subject=REMOVE%20Research%20Personnel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/research/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId35" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8ADEF4DD4CA34203813D6A8A5BC36E03"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4F0EBF25-B5C0-4678-9324-8CB13A17F916}"/>
       </w:docPartPr>
@@ -17517,79 +18530,79 @@
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
@@ -17639,54 +18652,56 @@
     <w:rsid w:val="00062038"/>
     <w:rsid w:val="00093FD2"/>
     <w:rsid w:val="00106D5A"/>
     <w:rsid w:val="001C353C"/>
     <w:rsid w:val="001D2611"/>
     <w:rsid w:val="00310558"/>
     <w:rsid w:val="00313CF1"/>
     <w:rsid w:val="00421FAD"/>
     <w:rsid w:val="004D7424"/>
     <w:rsid w:val="005434E4"/>
     <w:rsid w:val="005A4383"/>
     <w:rsid w:val="005D0AC1"/>
     <w:rsid w:val="00621A11"/>
     <w:rsid w:val="00672A07"/>
     <w:rsid w:val="007E034E"/>
     <w:rsid w:val="008148D5"/>
     <w:rsid w:val="0097489D"/>
     <w:rsid w:val="00A22661"/>
     <w:rsid w:val="00A33FF6"/>
     <w:rsid w:val="00A34982"/>
     <w:rsid w:val="00AD131D"/>
     <w:rsid w:val="00AD20C7"/>
     <w:rsid w:val="00BA484A"/>
     <w:rsid w:val="00BB74B3"/>
     <w:rsid w:val="00C434F5"/>
+    <w:rsid w:val="00C90E22"/>
     <w:rsid w:val="00CE4F53"/>
     <w:rsid w:val="00D62F31"/>
     <w:rsid w:val="00E51CFC"/>
     <w:rsid w:val="00E621E4"/>
+    <w:rsid w:val="00E818DF"/>
     <w:rsid w:val="00EC7EB0"/>
     <w:rsid w:val="00F0509C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -18443,54 +19458,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010032B3F36E345C954B94C5E06B25B8D950" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d14008342b4984155bcceb06a37bf537">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="5ca5b852-26e2-4315-8025-f09ee7c079c0" xmlns:ns4="f5a433a7-c613-40ff-9820-a4ac1259c3b1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="25959ebb13380b861cdff574445f951b" ns3:_="" ns4:_="">
     <xsd:import namespace="5ca5b852-26e2-4315-8025-f09ee7c079c0"/>
     <xsd:import namespace="f5a433a7-c613-40ff-9820-a4ac1259c3b1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns4:_activity" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
@@ -18687,140 +19698,159 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</p:properties>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <documentManagement>
+    <_activity xmlns="f5a433a7-c613-40ff-9820-a4ac1259c3b1" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F6ACBA6-E7A3-47C6-B51D-32B97AA40A01}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5ca5b852-26e2-4315-8025-f09ee7c079c0"/>
     <ds:schemaRef ds:uri="f5a433a7-c613-40ff-9820-a4ac1259c3b1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92CD7DAB-66B3-4414-97B8-4623CA061522}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5FF3E2CF-AF8D-4EB3-B970-57EF6BB0EF4D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9583954-2F6D-4F2C-9FD6-1FE821971ABA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="f5a433a7-c613-40ff-9820-a4ac1259c3b1"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5ca5b852-26e2-4315-8025-f09ee7c079c0"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{efd6a630-be24-42f6-ac20-e11ed46b2193}" enabled="0" method="" siteId="{efd6a630-be24-42f6-ac20-e11ed46b2193}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1177</Words>
-  <Characters>6713</Characters>
+  <Words>1388</Words>
+  <Characters>8106</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>55</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>253</Lines>
+  <Paragraphs>172</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>OSF Healthcare System</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7875</CharactersWithSpaces>
+  <CharactersWithSpaces>9322</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="54" baseType="variant">
       <vt:variant>
         <vt:i4>8257638</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>102</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://x.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6619169</vt:i4>
       </vt:variant>
       <vt:variant>