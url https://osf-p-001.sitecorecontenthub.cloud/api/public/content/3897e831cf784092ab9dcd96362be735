--- v0 (2025-12-03)
+++ v1 (2026-01-09)
@@ -1,63 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7EC6F490" w14:textId="77777777" w:rsidR="000B0EA5" w:rsidRDefault="000B0EA5" w:rsidP="000B0EA5"/>
     <w:p w14:paraId="31A1330C" w14:textId="77777777" w:rsidR="00D03B60" w:rsidRPr="000B0EA5" w:rsidRDefault="00D03B60" w:rsidP="000B0EA5"/>
     <w:p w14:paraId="10301B38" w14:textId="3DA7DD89" w:rsidR="00230DB6" w:rsidRPr="00B20048" w:rsidRDefault="00230DB6" w:rsidP="00230DB6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B20048">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00B20048" w:rsidRPr="00B20048">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="32"/>
@@ -113,71 +116,71 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57EBC4EE" w14:textId="447EBE1C" w:rsidR="00B930AF" w:rsidRPr="00B930AF" w:rsidRDefault="00B930AF" w:rsidP="00205958">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AEED1C7" w14:textId="77777777" w:rsidR="00B930AF" w:rsidRPr="00205958" w:rsidRDefault="00B930AF" w:rsidP="00205958">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11016" w:type="dxa"/>
+        <w:tblW w:w="10795" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="11016"/>
+        <w:gridCol w:w="10795"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B0EA5" w:rsidRPr="00957081" w14:paraId="214BBD29" w14:textId="77777777" w:rsidTr="00847E09">
+      <w:tr w:rsidR="000B0EA5" w:rsidRPr="00957081" w14:paraId="214BBD29" w14:textId="77777777" w:rsidTr="000C6B7E">
         <w:trPr>
-          <w:trHeight w:val="332"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11016" w:type="dxa"/>
+            <w:tcW w:w="10795" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06F287AD" w14:textId="77777777" w:rsidR="00AE34C3" w:rsidRPr="00957081" w:rsidRDefault="000B0EA5" w:rsidP="006E09E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">SECTION </w:t>
             </w:r>
             <w:r w:rsidR="000A0F7F" w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
@@ -199,1247 +202,784 @@
               <w:t xml:space="preserve">: RESEARCH </w:t>
             </w:r>
             <w:r w:rsidR="00D03B60" w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PROTOCOL</w:t>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> INFORMATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00205958" w:rsidRPr="00957081" w14:paraId="161A62C9" w14:textId="77777777" w:rsidTr="004F24AE">
+      <w:tr w:rsidR="00205958" w:rsidRPr="00957081" w14:paraId="161A62C9" w14:textId="77777777" w:rsidTr="00566604">
         <w:trPr>
           <w:trHeight w:val="2420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11016" w:type="dxa"/>
+            <w:tcW w:w="10795" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71A4820B" w14:textId="77777777" w:rsidR="00CE321D" w:rsidRPr="00957081" w:rsidRDefault="00CE321D" w:rsidP="00957081">
+          <w:p w14:paraId="71A4820B" w14:textId="77777777" w:rsidR="00CE321D" w:rsidRPr="002D3A01" w:rsidRDefault="00CE321D" w:rsidP="00A150A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5595"/>
               </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4F1DCA05" w14:textId="77777777" w:rsidR="00666714" w:rsidRPr="00957081" w:rsidRDefault="00CE321D" w:rsidP="00957081">
+          <w:p w14:paraId="4F1DCA05" w14:textId="6A1E4A75" w:rsidR="00666714" w:rsidRPr="002D3A01" w:rsidRDefault="00CE321D" w:rsidP="00A150A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5595"/>
               </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00957081">
+            <w:r w:rsidRPr="002D3A01">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check91"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Check91"/>
-            <w:r w:rsidRPr="00957081">
+            <w:r w:rsidRPr="002D3A01">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00957081">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00957081">
+            <w:r w:rsidR="00566604" w:rsidRPr="002D3A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D3A01">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00957081">
+            <w:r w:rsidRPr="002D3A01">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidRPr="00957081">
+            <w:r w:rsidRPr="002D3A01">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  New       </w:t>
             </w:r>
-            <w:r w:rsidRPr="00957081">
+            <w:r w:rsidRPr="002D3A01">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check92"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Check92"/>
-            <w:r w:rsidRPr="00957081">
+            <w:r w:rsidRPr="002D3A01">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00957081">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00957081">
+            <w:r w:rsidRPr="002D3A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002D3A01">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00957081">
+            <w:r w:rsidRPr="002D3A01">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
-            <w:r w:rsidRPr="00957081">
-[...245 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="002D3A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Update: addition of</w:t>
+            </w:r>
+            <w:r w:rsidR="002D3A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (personnel names)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D3A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="007E6AF7" w:rsidRPr="002D3A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="882367997"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="003813CA" w:rsidRPr="002D3A01">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="44DBFC8E" w14:textId="77777777" w:rsidR="00CE321D" w:rsidRPr="00957081" w:rsidRDefault="00CE321D" w:rsidP="00957081">
+          <w:p w14:paraId="44DBFC8E" w14:textId="37D34284" w:rsidR="00CE321D" w:rsidRPr="002D3A01" w:rsidRDefault="00CE321D" w:rsidP="00A150A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5595"/>
               </w:tabs>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00957081">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:r w:rsidRPr="002D3A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                               </w:t>
             </w:r>
-            <w:r w:rsidRPr="00957081">
-[...5 lines deleted...]
-              <w:t>Name</w:t>
+            <w:r w:rsidR="002D3A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E202850" w14:textId="77777777" w:rsidR="000649EE" w:rsidRPr="00957081" w:rsidRDefault="00CE321D" w:rsidP="00957081">
+          <w:p w14:paraId="42CE727D" w14:textId="67DD529A" w:rsidR="000649EE" w:rsidRPr="002D3A01" w:rsidRDefault="00CE321D" w:rsidP="002D3A01">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5595"/>
               </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00957081">
+            <w:r w:rsidRPr="002D3A01">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">PI </w:t>
             </w:r>
-            <w:r w:rsidR="000649EE" w:rsidRPr="00957081">
-[...207 lines deleted...]
-              <w:t xml:space="preserve">                                                             </w:t>
+            <w:r w:rsidR="000649EE" w:rsidRPr="002D3A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Name:</w:t>
+            </w:r>
+            <w:r w:rsidR="0019402F" w:rsidRPr="002D3A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:alias w:val="PI Name"/>
+                <w:tag w:val="PI Name"/>
+                <w:id w:val="-2009204124"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0019402F" w:rsidRPr="002D3A01">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="002D3A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="002D3A01" w:rsidRPr="002D3A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-1311396090"/>
+                <w:placeholder>
+                  <w:docPart w:val="B068F0B30BB14CE78791BB1026292F7A"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:date>
+                  <w:dateFormat w:val="M/d/yyyy"/>
+                  <w:lid w:val="en-US"/>
+                  <w:storeMappedDataAs w:val="dateTime"/>
+                  <w:calendar w:val="gregorian"/>
+                </w:date>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="002D3A01" w:rsidRPr="002D3A01">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap to enter a date.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="002D3A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D3A01" w:rsidRPr="002D3A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="000649EE" w:rsidRPr="002D3A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Department: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-1641411582"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="003813CA" w:rsidRPr="002D3A01">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="002D3A01" w:rsidRPr="002D3A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="00B91528" w:rsidRPr="002D3A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Employing </w:t>
+            </w:r>
+            <w:r w:rsidR="000649EE" w:rsidRPr="002D3A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Institution: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="667058411"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="003813CA" w:rsidRPr="002D3A01">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="000649EE" w:rsidRPr="002D3A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32B77348" w14:textId="77777777" w:rsidR="000649EE" w:rsidRPr="00B930AF" w:rsidRDefault="000649EE" w:rsidP="00957081">
-[...132 lines deleted...]
-          <w:p w14:paraId="050AFD61" w14:textId="77777777" w:rsidR="00B930AF" w:rsidRPr="00B930AF" w:rsidRDefault="00B930AF" w:rsidP="00957081">
+          <w:p w14:paraId="050AFD61" w14:textId="77777777" w:rsidR="00B930AF" w:rsidRPr="002D3A01" w:rsidRDefault="00B930AF" w:rsidP="00A150A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4230"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5580"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="7185"/>
               </w:tabs>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="11A72F28" w14:textId="77777777" w:rsidR="00D03B60" w:rsidRPr="00957081" w:rsidRDefault="000649EE" w:rsidP="00957081">
+          <w:p w14:paraId="11A72F28" w14:textId="0C481F6E" w:rsidR="00D03B60" w:rsidRPr="002D3A01" w:rsidRDefault="000649EE" w:rsidP="00A150A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4230"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5580"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="7185"/>
               </w:tabs>
-              <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00957081">
-[...233 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="002D3A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Telephone: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-107895074"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="003813CA" w:rsidRPr="002D3A01">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="003813CA" w:rsidRPr="002D3A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D3A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Email: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1696501083"/>
+                <w:placeholder>
+                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="003813CA" w:rsidRPr="002D3A01">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
           <w:p w14:paraId="55C8DEDB" w14:textId="77777777" w:rsidR="00205958" w:rsidRPr="00957081" w:rsidRDefault="00205958" w:rsidP="00957081">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5595"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0D4C69BA" w14:textId="77777777" w:rsidR="00205958" w:rsidRPr="00AE34C3" w:rsidRDefault="00205958" w:rsidP="00205958">
       <w:pPr>
         <w:ind w:left="261" w:hanging="261"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B0EA5" w:rsidRPr="00957081" w14:paraId="308331A3" w14:textId="77777777" w:rsidTr="5A49A68C">
+      <w:tr w:rsidR="000B0EA5" w:rsidRPr="00957081" w14:paraId="308331A3" w14:textId="77777777" w:rsidTr="000C6B7E">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4780BA98" w14:textId="77777777" w:rsidR="000B0EA5" w:rsidRPr="00957081" w:rsidRDefault="000B0EA5" w:rsidP="006E09E2">
+          <w:p w14:paraId="4780BA98" w14:textId="13C363AC" w:rsidR="000B0EA5" w:rsidRPr="00957081" w:rsidRDefault="000B0EA5" w:rsidP="000C6B7E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">SECTION </w:t>
             </w:r>
             <w:r w:rsidR="000A0F7F" w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>II</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00957081">
+            <w:r w:rsidR="00E83A2D" w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>:  CONFLICT</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>: CONFLICT</w:t>
+            </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> OF INTEREST </w:t>
             </w:r>
             <w:r w:rsidR="00AA129B" w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>GUIDELINES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A7961" w:rsidRPr="00957081" w14:paraId="16169B2B" w14:textId="77777777" w:rsidTr="5A49A68C">
         <w:trPr>
           <w:trHeight w:val="1853"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3413FA94" w14:textId="77777777" w:rsidR="004A7961" w:rsidRPr="00957081" w:rsidRDefault="004A7961" w:rsidP="00D8569A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6C955211" w14:textId="742F3196" w:rsidR="00AE34C3" w:rsidRPr="00957081" w:rsidRDefault="00AE34C3" w:rsidP="00957081">
+          <w:p w14:paraId="6C955211" w14:textId="30E8351D" w:rsidR="00AE34C3" w:rsidRPr="00957081" w:rsidRDefault="00AE34C3" w:rsidP="00957081">
             <w:pPr>
               <w:pStyle w:val="FormTemplateText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7920"/>
                 <w:tab w:val="left" w:pos="10080"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>All investigators must disclose all real, apparent, or potential Significant Financial Interest (SFIs) to the IRB.</w:t>
+              <w:t>All investigators must disclose all real, apparent, or potential Significant Financial Interest</w:t>
+            </w:r>
+            <w:r w:rsidR="002D3A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00957081">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to the IRB.</w:t>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="377A40E0" w14:textId="77777777" w:rsidR="00AE34C3" w:rsidRPr="00957081" w:rsidRDefault="00AE34C3" w:rsidP="00957081">
@@ -1533,87 +1073,51 @@
                 <w:tab w:val="left" w:pos="7920"/>
                 <w:tab w:val="left" w:pos="10080"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Family members </w:t>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">include </w:t>
-[...35 lines deleted...]
-              <w:t>, parents, siblings, and children.</w:t>
+              <w:t>include spouse or domestic partner, parents, siblings, and children.</w:t>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A446810" w14:textId="77777777" w:rsidR="00AE34C3" w:rsidRPr="00957081" w:rsidRDefault="00AE34C3" w:rsidP="00957081">
             <w:pPr>
               <w:pStyle w:val="FormTemplateText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7920"/>
                 <w:tab w:val="left" w:pos="10080"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -1713,69 +1217,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> equity (plus any remuneration) meets or exceeds $5,000.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="081126D3" w14:textId="77777777" w:rsidR="0041587D" w:rsidRPr="00B930AF" w:rsidRDefault="00AE34C3" w:rsidP="0041587D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B930AF">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Any level of ownership of </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> equity regardless of the dollar value.</w:t>
+              <w:t>Any level of ownership of privately-held equity regardless of the dollar value.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="150B2081" w14:textId="18C68107" w:rsidR="00CE321D" w:rsidRPr="006E09E2" w:rsidRDefault="00AE34C3" w:rsidP="7C96BC0F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7C96BC0F">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Intellectual property rights (e.g., patents, trademarks, copyrights, licensing agreements, and royalties from such rights) excluding intellectual property rights assigned to </w:t>
             </w:r>
             <w:r w:rsidR="006E09E2" w:rsidRPr="7C96BC0F">
               <w:rPr>
@@ -2307,96 +1793,70 @@
               </w:rPr>
               <w:t xml:space="preserve">official acting within his or her authority on behalf of the </w:t>
             </w:r>
             <w:r w:rsidR="13BC81D7" w:rsidRPr="7C96BC0F">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Employing </w:t>
             </w:r>
             <w:r w:rsidR="004F24AE" w:rsidRPr="7C96BC0F">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="7C96BC0F">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">nstitution has equity interest, serves on an advisory or other Board, or serves in a fiduciary role in an entity that has an interest in the outcome of human </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> research.</w:t>
+              <w:t>nstitution has equity interest, serves on an advisory or other Board, or serves in a fiduciary role in an entity that has an interest in the outcome of human subjects research.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53925FBA" w14:textId="7AA7F26E" w:rsidR="00D8569A" w:rsidRPr="00957081" w:rsidRDefault="00AE34C3" w:rsidP="00957081">
             <w:pPr>
               <w:pStyle w:val="Heading9"/>
               <w:keepNext/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="7C96BC0F">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>C .</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">   Gifts to the </w:t>
+              <w:t xml:space="preserve">C .   Gifts to the </w:t>
             </w:r>
             <w:r w:rsidR="00A33BE3" w:rsidRPr="7C96BC0F">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Employing Institution</w:t>
             </w:r>
             <w:r w:rsidR="0041587D" w:rsidRPr="7C96BC0F">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="7C96BC0F">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">or </w:t>
             </w:r>
             <w:r w:rsidR="00A33BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Employing </w:t>
             </w:r>
@@ -2445,79 +1905,83 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7C4B8866" w14:textId="77777777" w:rsidR="00205958" w:rsidRDefault="00205958" w:rsidP="00205958">
       <w:pPr>
         <w:ind w:left="261" w:hanging="261"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C93613" w14:paraId="79FA41F2" w14:textId="77777777" w:rsidTr="5A49A68C">
+      <w:tr w:rsidR="00C93613" w14:paraId="79FA41F2" w14:textId="77777777" w:rsidTr="000C6B7E">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11016" w:type="dxa"/>
+            <w:tcW w:w="10790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78BCB1B4" w14:textId="77777777" w:rsidR="00C93613" w:rsidRDefault="00C93613" w:rsidP="00B930AF">
+          <w:p w14:paraId="78BCB1B4" w14:textId="77777777" w:rsidR="00C93613" w:rsidRDefault="00C93613" w:rsidP="000C6B7E">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SECTION III:  CONFLICT OF INTEREST SCREENING QUESTIONS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C93613" w14:paraId="5AA10C4B" w14:textId="77777777" w:rsidTr="5A49A68C">
+      <w:tr w:rsidR="00C93613" w14:paraId="5AA10C4B" w14:textId="77777777" w:rsidTr="00E83A2D">
         <w:trPr>
           <w:trHeight w:val="4463"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11016" w:type="dxa"/>
+            <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10C0CEFD" w14:textId="77777777" w:rsidR="00C93613" w:rsidRDefault="00C93613" w:rsidP="00205958"/>
           <w:p w14:paraId="4FD16CF1" w14:textId="2ED2DC05" w:rsidR="00C93613" w:rsidRPr="00957081" w:rsidRDefault="02DCEA70" w:rsidP="00957081">
             <w:pPr>
               <w:pStyle w:val="FormTemplatetext0"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="630" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5A49A68C">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1.  </w:t>
             </w:r>
             <w:r w:rsidRPr="5A49A68C">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
@@ -2532,157 +1996,159 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, etc</w:t>
             </w:r>
             <w:r w:rsidRPr="5A49A68C">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>) that is the subject of the research; or have any other relationships (e.g. fiduciary, even if uncompensated) that may present a potential conflict of interest with this research?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="304D39C3" w14:textId="77777777" w:rsidR="00C93613" w:rsidRPr="00957081" w:rsidRDefault="00C93613" w:rsidP="00957081">
             <w:pPr>
               <w:pStyle w:val="FormTemplatetext0"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="630" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1DADAA02" w14:textId="77777777" w:rsidR="0084049E" w:rsidRPr="00957081" w:rsidRDefault="00C93613" w:rsidP="00957081">
+          <w:p w14:paraId="1DADAA02" w14:textId="09268843" w:rsidR="0084049E" w:rsidRPr="00957081" w:rsidRDefault="00C93613" w:rsidP="00957081">
             <w:pPr>
               <w:pStyle w:val="Heading9"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="720" w:hanging="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               </w:rPr>
               <w:t xml:space="preserve">No </w:t>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check90"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Do any investigators, or family members thereof (spouse, children), serve as major officers of, hold a managerial role in, or otherwise have a significant financial relationship (including consulting) with the research sponsor or any subcontract...? No"/>
                   <w:statusText w:type="text" w:val="Do any investigators, or family members thereof (spouse, children), serve as major officers of, hold a managerial role in...? No"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Check90"/>
+            <w:bookmarkStart w:id="2" w:name="Check90"/>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               </w:rPr>
               <w:t xml:space="preserve">   Yes </w:t>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check89"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Do any investigators, or family members thereof (spouse, children), serve as major officers of, hold a managerial role in, or otherwise have a significant financial relationship (including consulting) with the research sponsor or any subcontract...? Yes"/>
                   <w:statusText w:type="text" w:val="Do any investigators, or family members thereof (spouse, children), serve as major officers of, hold a managerial role in...? Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Check89"/>
+            <w:bookmarkStart w:id="3" w:name="Check89"/>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> (If yes, see Section </w:t>
             </w:r>
             <w:r w:rsidR="000649EE" w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
               </w:rPr>
               <w:t>IV</w:t>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
               </w:rPr>
@@ -2721,84 +2187,85 @@
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">. Does an institutional conflict of interest exist with this study?   </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50F001B4" w14:textId="77777777" w:rsidR="00C93613" w:rsidRPr="00957081" w:rsidRDefault="00C93613" w:rsidP="00957081">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="227E2FA2" w14:textId="77777777" w:rsidR="00C93613" w:rsidRPr="00957081" w:rsidRDefault="00C93613" w:rsidP="00957081">
+          <w:p w14:paraId="227E2FA2" w14:textId="5B69A341" w:rsidR="00C93613" w:rsidRPr="00957081" w:rsidRDefault="00C93613" w:rsidP="00957081">
             <w:pPr>
               <w:ind w:left="630"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">No </w:t>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="3. Does an institutional conflict of interest exist with this study? No"/>
                   <w:statusText w:type="text" w:val="3. Does an institutional conflict of interest exist with this study? No"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -2814,50 +2281,51 @@
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">   Yes </w:t>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="3. Does an institutional conflict of interest exist with this study? Yes"/>
                   <w:statusText w:type="text" w:val="3. Does an institutional conflict of interest exist with this study? Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -2909,146 +2377,147 @@
           </w:p>
           <w:p w14:paraId="5DF61A23" w14:textId="77777777" w:rsidR="00246357" w:rsidRPr="00957081" w:rsidRDefault="00246357" w:rsidP="00957081">
             <w:pPr>
               <w:ind w:left="630"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4555AB13" w14:textId="02EE0BF7" w:rsidR="00C93613" w:rsidRPr="00957081" w:rsidRDefault="00C93613" w:rsidP="5A49A68C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="81"/>
                 <w:tab w:val="left" w:pos="2130"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0290C322" w14:textId="77777777" w:rsidR="00C93613" w:rsidRPr="00957081" w:rsidRDefault="00C93613" w:rsidP="00957081">
+          <w:p w14:paraId="0290C322" w14:textId="295E2DB5" w:rsidR="00C93613" w:rsidRPr="00957081" w:rsidRDefault="00C93613" w:rsidP="00957081">
             <w:pPr>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="711"/>
                 <w:tab w:val="left" w:pos="2130"/>
                 <w:tab w:val="left" w:pos="8361"/>
               </w:tabs>
               <w:ind w:firstLine="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00566604" w:rsidRPr="00957081">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="end"/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">     By marking this box, I affirm that the above information is true to the best of my knowledge.</w:t>
+              <w:t xml:space="preserve">  By marking this box, I affirm that the above information is true to the best of my knowledge.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="069AB0EB" w14:textId="77777777" w:rsidR="003B4F85" w:rsidRPr="00957081" w:rsidRDefault="003B4F85" w:rsidP="00957081">
             <w:pPr>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="711"/>
                 <w:tab w:val="left" w:pos="2130"/>
                 <w:tab w:val="left" w:pos="8361"/>
               </w:tabs>
               <w:ind w:firstLine="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7781D860" w14:textId="77777777" w:rsidR="003B4F85" w:rsidRPr="00957081" w:rsidRDefault="003B4F85" w:rsidP="00957081">
+          <w:p w14:paraId="7781D860" w14:textId="7E132E8C" w:rsidR="003B4F85" w:rsidRPr="00957081" w:rsidRDefault="003B4F85" w:rsidP="00957081">
             <w:pPr>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="711"/>
                 <w:tab w:val="left" w:pos="2130"/>
                 <w:tab w:val="left" w:pos="8361"/>
               </w:tabs>
               <w:ind w:firstLine="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">If significant changes in activities occur during the year, </w:t>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
@@ -3058,125 +2527,147 @@
               <w:t xml:space="preserve">a Change in </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PersonName">
               <w:r w:rsidRPr="00957081">
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                   <w:b/>
                   <w:i/>
                 </w:rPr>
                 <w:t>Research</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> Form</w:t>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve"> must be submitted</w:t>
+              <w:t xml:space="preserve"> must be </w:t>
+            </w:r>
+            <w:r w:rsidR="00E83A2D" w:rsidRPr="00957081">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>submitted.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B56C3C4" w14:textId="77777777" w:rsidR="00C93613" w:rsidRDefault="00C93613" w:rsidP="00C93613"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B4F85" w14:paraId="0C9695FB" w14:textId="77777777" w:rsidTr="5A49A68C">
+    </w:tbl>
+    <w:p w14:paraId="705C7595" w14:textId="77777777" w:rsidR="00E83A2D" w:rsidRDefault="00E83A2D"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10790"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003B4F85" w14:paraId="0C9695FB" w14:textId="77777777" w:rsidTr="000C6B7E">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F618E22" w14:textId="77777777" w:rsidR="003B4F85" w:rsidRPr="00957081" w:rsidRDefault="003B4F85" w:rsidP="00B930AF">
+          <w:p w14:paraId="6F618E22" w14:textId="527B69D8" w:rsidR="003B4F85" w:rsidRPr="00957081" w:rsidRDefault="003B4F85" w:rsidP="000C6B7E">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">SECTION </w:t>
             </w:r>
             <w:r w:rsidR="000649EE" w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00957081">
+            <w:r w:rsidR="00E83A2D" w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">:  </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>: NEXT</w:t>
+            </w:r>
             <w:r w:rsidR="00841A3C" w:rsidRPr="00957081">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> STEPS FOR DISCLOSING SIGNIFICANT FINANCIAL INTERESTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B4F85" w14:paraId="09073BC3" w14:textId="77777777" w:rsidTr="5A49A68C">
+      <w:tr w:rsidR="003B4F85" w14:paraId="09073BC3" w14:textId="77777777" w:rsidTr="00A150A8">
+        <w:trPr>
+          <w:trHeight w:val="1187"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="080479C1" w14:textId="77777777" w:rsidR="00194C2C" w:rsidRPr="00957081" w:rsidRDefault="00194C2C" w:rsidP="00957081">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2EBFA41A" w14:textId="77777777" w:rsidR="00194C2C" w:rsidRPr="00957081" w:rsidRDefault="008A72BF" w:rsidP="00B930AF">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00957081">
@@ -3272,58 +2763,58 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="758C51CC" w14:textId="77777777" w:rsidR="000934A9" w:rsidRDefault="000934A9" w:rsidP="004F24AE"/>
     <w:sectPr w:rsidR="000934A9">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="864" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7BC123CB" w14:textId="77777777" w:rsidR="00F052F6" w:rsidRDefault="00F052F6">
+    <w:p w14:paraId="4F8EF609" w14:textId="77777777" w:rsidR="00C97B59" w:rsidRDefault="00C97B59">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B65A9D0" w14:textId="77777777" w:rsidR="00F052F6" w:rsidRDefault="00F052F6">
+    <w:p w14:paraId="1763B3F3" w14:textId="77777777" w:rsidR="00C97B59" w:rsidRDefault="00C97B59">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OCR-A">
     <w:altName w:val="Symbol"/>
     <w:charset w:val="02"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Monotype Sorts">
@@ -3352,134 +2843,133 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Unicode MS">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="168046D2" w14:textId="0F036C72" w:rsidR="00DB4F4B" w:rsidRDefault="00FE1AD0" w:rsidP="00DB4F4B">
+  <w:p w14:paraId="168046D2" w14:textId="4FBADAE8" w:rsidR="00DB4F4B" w:rsidRDefault="00FE1AD0" w:rsidP="00DB4F4B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="005E1D4D">
       <w:t xml:space="preserve">ersion </w:t>
     </w:r>
     <w:r w:rsidR="00847E09">
-      <w:t>1.0</w:t>
+      <w:t>1.</w:t>
+    </w:r>
+    <w:r w:rsidR="00E83A2D">
+      <w:t>1</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5229B676" w14:textId="47CEBB2E" w:rsidR="00DB4F4B" w:rsidDel="00B930AF" w:rsidRDefault="00847E09" w:rsidP="00DB4F4B">
-[...10 lines deleted...]
-  <w:p w14:paraId="2549B458" w14:textId="77777777" w:rsidR="000649EE" w:rsidRDefault="000649EE" w:rsidP="00847E09">
+  <w:p w14:paraId="2549B458" w14:textId="4935908A" w:rsidR="000649EE" w:rsidRDefault="00847E09" w:rsidP="00847E09">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
+    <w:r>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00E83A2D">
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="00E83A2D">
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:t>3/2025</w:t>
+    </w:r>
   </w:p>
   <w:p w14:paraId="179867E4" w14:textId="77777777" w:rsidR="00DB4F4B" w:rsidRDefault="00DB4F4B" w:rsidP="00DB4F4B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>2 of 2</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="564AEA0A" w14:textId="77777777" w:rsidR="000934A9" w:rsidRDefault="000934A9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
@@ -3558,70 +3048,85 @@
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="130158A1" w14:textId="77777777" w:rsidR="000934A9" w:rsidRDefault="000934A9" w:rsidP="006E36AC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1ADA9FF8" w14:textId="602BCC59" w:rsidR="00FD10CC" w:rsidRDefault="000B0EA5" w:rsidP="00FD10CC">
+  <w:p w14:paraId="1ADA9FF8" w14:textId="46DADF0A" w:rsidR="00FD10CC" w:rsidRDefault="000B0EA5" w:rsidP="00FD10CC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Version </w:t>
     </w:r>
     <w:r w:rsidR="00847E09">
-      <w:t>1.0</w:t>
+      <w:t>1.</w:t>
+    </w:r>
+    <w:r w:rsidR="00497FE4">
+      <w:t>1</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0242C544" w14:textId="32998385" w:rsidR="000934A9" w:rsidRDefault="00847E09">
+  <w:p w14:paraId="0242C544" w14:textId="2DB99676" w:rsidR="000934A9" w:rsidRDefault="00847E09">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
-      <w:t>10/31/2025</w:t>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00497FE4">
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="00497FE4">
+      <w:t>23</w:t>
+    </w:r>
+    <w:r>
+      <w:t>/2025</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="56966E22" w14:textId="77777777" w:rsidR="000934A9" w:rsidRDefault="000934A9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
@@ -3638,58 +3143,58 @@
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r w:rsidR="00DB4F4B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="362C624D" w14:textId="77777777" w:rsidR="00F052F6" w:rsidRDefault="00F052F6">
+    <w:p w14:paraId="48FEC52C" w14:textId="77777777" w:rsidR="00C97B59" w:rsidRDefault="00C97B59">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7DFB1A13" w14:textId="77777777" w:rsidR="00F052F6" w:rsidRDefault="00F052F6">
+    <w:p w14:paraId="3961C8F5" w14:textId="77777777" w:rsidR="00C97B59" w:rsidRDefault="00C97B59">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3600"/>
       <w:gridCol w:w="3600"/>
       <w:gridCol w:w="3600"/>
     </w:tblGrid>
     <w:tr w:rsidR="07A3D74C" w14:paraId="0C9AFAF8" w14:textId="77777777" w:rsidTr="07A3D74C">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
@@ -6098,210 +5603,226 @@
   </w:num>
   <w:num w:numId="17" w16cid:durableId="482551954">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="747843031">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1355422802">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="446193033">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="392242275">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="644042910">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="2058508173">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:trackRevisions/>
+  <w:revisionView w:markup="0"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="zB/6kX3H77vHxdcz5wlNeXtkKR/isP3hwLMTUa1bEts+1EFgSZ9R+5wlVpyGe4C2prz807hev/8bdLEBofCWNg==" w:salt="wC+SKKJBTVezDZAUYepwqQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D79BA"/>
     <w:rsid w:val="00040CAA"/>
     <w:rsid w:val="0006460B"/>
     <w:rsid w:val="000649EE"/>
     <w:rsid w:val="00092BD5"/>
     <w:rsid w:val="000934A9"/>
     <w:rsid w:val="000A0F7F"/>
     <w:rsid w:val="000B0EA5"/>
+    <w:rsid w:val="000C6B7E"/>
     <w:rsid w:val="000D2858"/>
     <w:rsid w:val="000D7895"/>
     <w:rsid w:val="00142698"/>
     <w:rsid w:val="001450BB"/>
     <w:rsid w:val="00183EEF"/>
     <w:rsid w:val="0018750A"/>
+    <w:rsid w:val="0019402F"/>
     <w:rsid w:val="00194C2C"/>
     <w:rsid w:val="001B4265"/>
     <w:rsid w:val="001C32B6"/>
     <w:rsid w:val="001C5AC2"/>
     <w:rsid w:val="00205958"/>
     <w:rsid w:val="00224B05"/>
     <w:rsid w:val="00230DB6"/>
     <w:rsid w:val="00246357"/>
     <w:rsid w:val="0026576E"/>
+    <w:rsid w:val="002B0639"/>
+    <w:rsid w:val="002D3A01"/>
     <w:rsid w:val="00305AC1"/>
     <w:rsid w:val="003545AC"/>
+    <w:rsid w:val="003813CA"/>
     <w:rsid w:val="00392719"/>
+    <w:rsid w:val="003B0311"/>
     <w:rsid w:val="003B4F85"/>
     <w:rsid w:val="003E1FDC"/>
+    <w:rsid w:val="004132CE"/>
     <w:rsid w:val="0041587D"/>
+    <w:rsid w:val="00432E0D"/>
+    <w:rsid w:val="00442B0F"/>
     <w:rsid w:val="00443167"/>
+    <w:rsid w:val="004926E4"/>
     <w:rsid w:val="00496DE0"/>
+    <w:rsid w:val="00497FE4"/>
     <w:rsid w:val="004A2ADF"/>
     <w:rsid w:val="004A7961"/>
     <w:rsid w:val="004E55A3"/>
     <w:rsid w:val="004F24AE"/>
     <w:rsid w:val="00541407"/>
     <w:rsid w:val="00554D65"/>
+    <w:rsid w:val="00566604"/>
     <w:rsid w:val="005A61D7"/>
     <w:rsid w:val="005B6C75"/>
     <w:rsid w:val="005C7870"/>
     <w:rsid w:val="005D1C4D"/>
     <w:rsid w:val="005D271B"/>
     <w:rsid w:val="005E1D4D"/>
     <w:rsid w:val="00603064"/>
     <w:rsid w:val="00632C9D"/>
     <w:rsid w:val="006373A6"/>
     <w:rsid w:val="00640696"/>
     <w:rsid w:val="00666714"/>
     <w:rsid w:val="006B3A58"/>
     <w:rsid w:val="006E09E2"/>
     <w:rsid w:val="006E36AC"/>
+    <w:rsid w:val="006F404E"/>
     <w:rsid w:val="006F46E6"/>
     <w:rsid w:val="00704065"/>
     <w:rsid w:val="0077149E"/>
     <w:rsid w:val="007C44DB"/>
+    <w:rsid w:val="007E6AF7"/>
     <w:rsid w:val="007F4F0B"/>
     <w:rsid w:val="00810A93"/>
     <w:rsid w:val="0084049E"/>
     <w:rsid w:val="00841A3C"/>
     <w:rsid w:val="00847E09"/>
     <w:rsid w:val="008A174C"/>
     <w:rsid w:val="008A72BF"/>
+    <w:rsid w:val="008E6172"/>
     <w:rsid w:val="0090382F"/>
     <w:rsid w:val="00904576"/>
     <w:rsid w:val="0092386C"/>
     <w:rsid w:val="009519C8"/>
     <w:rsid w:val="00957081"/>
     <w:rsid w:val="009D79BA"/>
     <w:rsid w:val="009F7022"/>
+    <w:rsid w:val="00A150A8"/>
     <w:rsid w:val="00A2022E"/>
     <w:rsid w:val="00A33BE3"/>
     <w:rsid w:val="00A37BFC"/>
+    <w:rsid w:val="00A832CC"/>
     <w:rsid w:val="00A851F3"/>
     <w:rsid w:val="00A915CA"/>
     <w:rsid w:val="00AA129B"/>
     <w:rsid w:val="00AC617B"/>
     <w:rsid w:val="00AE34C3"/>
     <w:rsid w:val="00B20048"/>
     <w:rsid w:val="00B71A12"/>
     <w:rsid w:val="00B91528"/>
     <w:rsid w:val="00B930AF"/>
     <w:rsid w:val="00BC4110"/>
     <w:rsid w:val="00BC7677"/>
     <w:rsid w:val="00BF52C9"/>
     <w:rsid w:val="00C53F6D"/>
     <w:rsid w:val="00C5718E"/>
     <w:rsid w:val="00C93613"/>
+    <w:rsid w:val="00C97B59"/>
     <w:rsid w:val="00CD4FCC"/>
     <w:rsid w:val="00CD7AE9"/>
     <w:rsid w:val="00CE321D"/>
     <w:rsid w:val="00CE5B32"/>
+    <w:rsid w:val="00CF1A38"/>
     <w:rsid w:val="00D03B60"/>
+    <w:rsid w:val="00D15B23"/>
     <w:rsid w:val="00D16157"/>
     <w:rsid w:val="00D16D1A"/>
     <w:rsid w:val="00D32276"/>
+    <w:rsid w:val="00D728EB"/>
     <w:rsid w:val="00D8569A"/>
     <w:rsid w:val="00DA0242"/>
     <w:rsid w:val="00DB4F4B"/>
     <w:rsid w:val="00DC5BFE"/>
     <w:rsid w:val="00E0187C"/>
     <w:rsid w:val="00E161BC"/>
     <w:rsid w:val="00E44422"/>
     <w:rsid w:val="00E50654"/>
     <w:rsid w:val="00E66769"/>
+    <w:rsid w:val="00E83A2D"/>
     <w:rsid w:val="00E878D4"/>
     <w:rsid w:val="00EE09DA"/>
     <w:rsid w:val="00F052F6"/>
     <w:rsid w:val="00F509D3"/>
     <w:rsid w:val="00F90B50"/>
     <w:rsid w:val="00FA306D"/>
     <w:rsid w:val="00FC323D"/>
     <w:rsid w:val="00FD10CC"/>
     <w:rsid w:val="00FE1AD0"/>
+    <w:rsid w:val="00FF464E"/>
     <w:rsid w:val="0226086F"/>
     <w:rsid w:val="02DCEA70"/>
     <w:rsid w:val="07A3D74C"/>
     <w:rsid w:val="0C6FEC1B"/>
     <w:rsid w:val="0FEE6BDB"/>
     <w:rsid w:val="102EB0E8"/>
     <w:rsid w:val="107FAE46"/>
     <w:rsid w:val="13BC81D7"/>
     <w:rsid w:val="17981B2C"/>
     <w:rsid w:val="1854581A"/>
     <w:rsid w:val="2326BB63"/>
     <w:rsid w:val="24754CCA"/>
     <w:rsid w:val="2B58CD97"/>
     <w:rsid w:val="2B60BDE3"/>
     <w:rsid w:val="2F74F980"/>
     <w:rsid w:val="36FF9702"/>
     <w:rsid w:val="3A4E4276"/>
     <w:rsid w:val="48F4E629"/>
     <w:rsid w:val="49DD7F92"/>
     <w:rsid w:val="4FCE586C"/>
     <w:rsid w:val="521C3F6D"/>
     <w:rsid w:val="57E4B0DE"/>
     <w:rsid w:val="59B0480D"/>
     <w:rsid w:val="5A49A68C"/>
     <w:rsid w:val="60104132"/>
@@ -6946,61 +6467,756 @@
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="006E09E2"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:semiHidden/>
     <w:rsid w:val="006E09E2"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="006E09E2"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0019402F"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{618CE323-306E-4732-BB4B-977A897520D4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="006348AB" w:rsidRDefault="0097766C">
+          <w:r w:rsidRPr="00D129E5">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B068F0B30BB14CE78791BB1026292F7A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{111A5129-BD30-409C-BD4C-630214AB12AD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005151FA" w:rsidRDefault="00A8366C" w:rsidP="00A8366C">
+          <w:pPr>
+            <w:pStyle w:val="B068F0B30BB14CE78791BB1026292F7A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D129E5">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="OCR-A">
+    <w:altName w:val="Symbol"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Monotype Sorts">
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Batang">
+    <w:altName w:val="바탕"/>
+    <w:panose1 w:val="02030600000101010101"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="0097766C"/>
+    <w:rsid w:val="005151FA"/>
+    <w:rsid w:val="006348AB"/>
+    <w:rsid w:val="00921895"/>
+    <w:rsid w:val="0097766C"/>
+    <w:rsid w:val="00A8366C"/>
+    <w:rsid w:val="00CF1A38"/>
+    <w:rsid w:val="00D15B23"/>
+    <w:rsid w:val="00D728EB"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A8366C"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B068F0B30BB14CE78791BB1026292F7A">
+    <w:name w:val="B068F0B30BB14CE78791BB1026292F7A"/>
+    <w:rsid w:val="00A8366C"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7267,56 +7483,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003917703FA7E8274482D4DE833E71A51D" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a960163a0516e27c42a259152d83978a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8979785b-1eee-4ce8-8e68-12b62c124df4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3a7e6c6349fbe1e04f22727070d55ae1" ns2:_="">
     <xsd:import namespace="8979785b-1eee-4ce8-8e68-12b62c124df4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8979785b-1eee-4ce8-8e68-12b62c124df4" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
@@ -7410,124 +7620,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{510CE62B-4EDA-4DAC-85A4-1E1A36213A12}">
-[...7 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B27930A4-5109-4B24-87A6-32B5917A8D44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8979785b-1eee-4ce8-8e68-12b62c124df4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{510CE62B-4EDA-4DAC-85A4-1E1A36213A12}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34818460-D765-4A83-90FF-1BB40C7F0CB8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>751</Words>
-  <Characters>4164</Characters>
+  <Words>728</Words>
+  <Characters>4097</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
-  <Paragraphs>41</Paragraphs>
+  <Lines>99</Lines>
+  <Paragraphs>69</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NYU</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ropes &amp; Gray</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4874</CharactersWithSpaces>
+  <CharactersWithSpaces>4756</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NYU</dc:title>
   <dc:subject/>
   <dc:creator>Ropes &amp; Gray</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003917703FA7E8274482D4DE833E71A51D</vt:lpwstr>
   </property>