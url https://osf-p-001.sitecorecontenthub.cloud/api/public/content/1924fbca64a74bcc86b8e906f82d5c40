--- v0 (2025-10-31)
+++ v1 (2025-12-03)
@@ -1,48 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
@@ -379,51 +377,71 @@
             <w:r w:rsidR="000169A1" w:rsidRPr="004E2511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">If your </w:t>
             </w:r>
             <w:r w:rsidR="000169A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">research </w:t>
             </w:r>
             <w:r w:rsidR="000169A1" w:rsidRPr="004E2511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">study involves obtaining clinical data through Ministry HealthCare Analytics (MHA), then you must complete an MHA Consultation PRIOR to submitting study materials for permission. To schedule a consultation, send your request AND a copy of your study proposal/protocol to </w:t>
+              <w:t xml:space="preserve">study involves obtaining clinical data through Ministry HealthCare Analytics (MHA), then you must complete an MHA Consultation PRIOR to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="000169A1" w:rsidRPr="004E2511">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>submitting</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="000169A1" w:rsidRPr="004E2511">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> study materials for permission. To schedule a consultation, send your request AND a copy of your study proposal/protocol to </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidR="000169A1" w:rsidRPr="006045F7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Healthcare Analytics</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="000169A1" w:rsidRPr="004E2511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. Contact </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidR="000169A1" w:rsidRPr="00711BDA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
@@ -512,51 +530,71 @@
             <w:r w:rsidR="000169A1" w:rsidRPr="004E2511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">If your </w:t>
             </w:r>
             <w:r w:rsidR="000169A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">research </w:t>
             </w:r>
             <w:r w:rsidR="000169A1" w:rsidRPr="004E2511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>study involves developing, deploying and/or optimizing technology and applications, then you must complete a feasibility consultation with OSF Information Technology PRIOR to submitting study materials for permission. To schedule a consultation, send your request AND a copy of your study proposal/protocol to</w:t>
+              <w:t xml:space="preserve">study involves developing, deploying and/or optimizing technology and applications, then you must complete a feasibility consultation with OSF Information Technology PRIOR to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="000169A1" w:rsidRPr="004E2511">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>submitting</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="000169A1" w:rsidRPr="004E2511">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> study materials for permission. To schedule a consultation, send your request AND a copy of your study proposal/protocol to</w:t>
             </w:r>
             <w:r w:rsidR="000169A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidR="000169A1" w:rsidRPr="006045F7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>OSF Information Technology</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="000169A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -1215,51 +1253,69 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00950AE0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00950AE0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">MHA Consultation (If applicable)              </w:t>
+              <w:t xml:space="preserve">MHA Consultation (If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">applicable)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
             </w:r>
             <w:r w:rsidRPr="00950AE0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00950AE0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2272,56 +2328,54 @@
               </w:rPr>
               <w:t>308-5050</w:t>
             </w:r>
             <w:r w:rsidR="000169A1" w:rsidRPr="00297292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="175A0CB5" w14:textId="77777777" w:rsidR="00407343" w:rsidRDefault="00407343" w:rsidP="003F7738">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:sectPr w:rsidR="00407343" w:rsidSect="00626E32">
-          <w:headerReference w:type="even" r:id="rId24"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId29"/>
+          <w:headerReference w:type="default" r:id="rId24"/>
+          <w:footerReference w:type="default" r:id="rId25"/>
+          <w:headerReference w:type="first" r:id="rId26"/>
+          <w:footerReference w:type="first" r:id="rId27"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="432" w:footer="288" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5DAD3F4B" w14:textId="77777777" w:rsidR="006E1702" w:rsidRDefault="006E1702" w:rsidP="003F7738">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:sectPr w:rsidR="006E1702" w:rsidSect="00407343">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="432" w:footer="288" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
@@ -4031,156 +4085,342 @@
       </w:tr>
       <w:tr w:rsidR="00AD121D" w14:paraId="4D570520" w14:textId="77777777" w:rsidTr="10ADAEAF">
         <w:trPr>
           <w:trHeight w:val="4778"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B37F4E3" w14:textId="77777777" w:rsidR="00AD121D" w:rsidRDefault="00AD121D" w:rsidP="00304F8D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="427" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="05EE1423" w14:textId="0C403277" w:rsidR="00116F68" w:rsidRDefault="62D3C9BA" w:rsidP="00304F8D">
+          <w:p w14:paraId="7BD22FB2" w14:textId="343F14DC" w:rsidR="0063765F" w:rsidRPr="00964018" w:rsidRDefault="62D3C9BA" w:rsidP="00304F8D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="427" w:hanging="270"/>
               <w:rPr>
-                <w:rStyle w:val="Hyperlink"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4E89D8B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Download, complete, and submit </w:t>
             </w:r>
-            <w:r w:rsidR="0632067A" w:rsidRPr="4E89D8B5">
-[...27 lines deleted...]
-              <w:r w:rsidR="00172B76">
+            <w:r w:rsidR="0063765F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the appropriate </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r w:rsidR="0063765F" w:rsidRPr="003D6DAA">
                 <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(RSFIDF) </w:t>
+                <w:t>Conflict of Interest/Significant Financial Interest form</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="70388511" w:rsidRPr="00172B76">
+            <w:r w:rsidR="00155F3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(s) to BOTH OSF Research Administration AND PIRB (when PIRB is EITHER IRB of Record OR providing joint local oversight)</w:t>
+            </w:r>
+            <w:r w:rsidR="0063765F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EE90045" w14:textId="4EE2F924" w:rsidR="003D6DAA" w:rsidRPr="00964018" w:rsidRDefault="00155F3A" w:rsidP="00155F3A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00155F3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">For studies that have NO funding or sponsorship outside of employing institution, PI completes SINGLE form to represent ENTIRE study team. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Use the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r w:rsidR="0063765F" w:rsidRPr="00155F3A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>NON-SPONSORED CONFLICT OF INTEREST DISCLOSURE FORM (NSCOIDF</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00155F3A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="5D567830" w14:textId="1377F2BE" w:rsidR="0063765F" w:rsidRPr="00964018" w:rsidRDefault="00155F3A" w:rsidP="002C25B2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00155F3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>For ANY study that has ANY funding or sponsorship outside of employing institution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, every investigator and study team member must complete </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r w:rsidR="0063765F" w:rsidRPr="00155F3A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Part I: SIGNIFICANT FINANCIAL INTEREST DISCLOSURE FORM</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="0063765F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05EE1423" w14:textId="386DA751" w:rsidR="00116F68" w:rsidRPr="0063765F" w:rsidRDefault="00155F3A" w:rsidP="00964018">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...24 lines deleted...]
-                <w:u w:val="none"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00155F3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Each </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>investigator and study members who</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00155F3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> has ANY disclosures of significant financial interest (SFI) in Part </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00155F3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> must fill out </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r w:rsidRPr="00155F3A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Part II: SIGNIFICANT FINANCIAL INTEREST DISCLOSURE FORM</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...9 lines deleted...]
-              <w:t>(NOTE: If PI’s institution does NOT require formal submission of CoI documentation, then complete the OSF RSFIDF and submit with this application.)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72427276" w14:textId="77777777" w:rsidR="00116F68" w:rsidRDefault="00116F68" w:rsidP="00304F8D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="427" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3CBA7EDC" w14:textId="19872FD3" w:rsidR="00AD121D" w:rsidRPr="002755A9" w:rsidRDefault="00AD121D" w:rsidP="00304F8D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="427" w:hanging="270"/>
               <w:rPr>
@@ -4358,72 +4598,74 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0064286C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Skip to next </w:t>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="_Int_GGJktzZe"/>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>section)</w:t>
             </w:r>
             <w:r w:rsidRPr="0064286C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0064286C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0064286C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -6817,50 +7059,51 @@
           </w:tcPr>
           <w:p w14:paraId="50D9C0C9" w14:textId="284A2970" w:rsidR="000C62B5" w:rsidRDefault="000C62B5" w:rsidP="00F835C3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="427" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Role in this study (e.g., Investigator, Coordinator): </w:t>
             </w:r>
             <w:r w:rsidRPr="00294226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00294226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -6944,84 +7187,83 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50A18214" w14:textId="43FC5F46" w:rsidR="00D473CC" w:rsidRDefault="00D473CC" w:rsidP="00C81A27">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="10ADAEAF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Section I</w:t>
       </w:r>
       <w:r w:rsidR="000C62B5" w:rsidRPr="10ADAEAF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="10ADAEAF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: Investigators and Staff Roster</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D473CC" w14:paraId="105B1B86" w14:textId="77777777" w:rsidTr="10ADAEAF">
+      <w:tr w:rsidR="00D473CC" w14:paraId="105B1B86" w14:textId="77777777" w:rsidTr="00964018">
         <w:trPr>
-          <w:trHeight w:val="6011"/>
+          <w:trHeight w:val="7487"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5375C89E" w14:textId="77777777" w:rsidR="00D473CC" w:rsidRPr="00D14084" w:rsidRDefault="00D473CC" w:rsidP="004B3915">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:hanging="473"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D14084">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7031,52 +7273,62 @@
               </w:rPr>
               <w:t xml:space="preserve">Will this study have a team/staff supporting the PI by performing any of the following activities:      </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="689E3F92" w14:textId="77777777" w:rsidR="00D473CC" w:rsidRPr="00D14084" w:rsidRDefault="00D473CC" w:rsidP="00583279">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D14084">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Providing substantial and/or substantive contributions to study conceptualization and/or design;</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Providing substantial and/or substantive contributions to study conceptualization and/or </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D14084">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>design;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="19F9ACA4" w14:textId="2D9E312C" w:rsidR="00D473CC" w:rsidRPr="00D14084" w:rsidRDefault="529C0DC8" w:rsidP="00583279">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D14084">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Obtaining information about living individuals by intervening or interacting with them for research purposes</w:t>
             </w:r>
             <w:r w:rsidR="709360F1">
@@ -7087,117 +7339,173 @@
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A60D8EF" w14:textId="77777777" w:rsidR="00D473CC" w:rsidRPr="00D14084" w:rsidRDefault="00D473CC" w:rsidP="00583279">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D14084">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Obtaining identifiable private information about living individuals for research purposes;</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Obtaining identifiable private information about </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D14084">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>living individuals</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D14084">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for research </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D14084">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>purposes;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="106F1BFF" w14:textId="77777777" w:rsidR="00D473CC" w:rsidRPr="00D14084" w:rsidRDefault="00D473CC" w:rsidP="00583279">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidRPr="00D14084">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">btaining the voluntary informed consent of individuals to be subjects in research; </w:t>
+              <w:t xml:space="preserve">btaining the voluntary informed consent of individuals to be subjects in </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D14084">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>research;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D14084">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1191D0F1" w14:textId="7EFBCF9E" w:rsidR="00D473CC" w:rsidRPr="00D14084" w:rsidRDefault="00E75B0E" w:rsidP="00583279">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Accessing, s</w:t>
             </w:r>
             <w:r w:rsidR="00D473CC" w:rsidRPr="00D14084">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>tudying, interpreting, or analyzing identifiable private information or data for research purposes;</w:t>
-            </w:r>
+              <w:t xml:space="preserve">tudying, interpreting, or analyzing identifiable private information or data for research </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00D473CC" w:rsidRPr="00D14084">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>purposes;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="22097615" w14:textId="77777777" w:rsidR="00D473CC" w:rsidRPr="00D14084" w:rsidRDefault="00D473CC" w:rsidP="00583279">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D14084">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Reporting research study results.</w:t>
             </w:r>
           </w:p>
@@ -7412,51 +7720,75 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003A2C4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r w:rsidR="00BF300E" w:rsidRPr="003A2C4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>, there is not any study staff supporting the PI.</w:t>
+              <w:t xml:space="preserve">, there is not </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00BF300E" w:rsidRPr="003A2C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>any study</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00BF300E" w:rsidRPr="003A2C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> staff supporting the PI.</w:t>
             </w:r>
             <w:r w:rsidRPr="003A2C4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FB2A1B7" w14:textId="77777777" w:rsidR="00D473CC" w:rsidRPr="003A2C4C" w:rsidRDefault="00D473CC" w:rsidP="37058713">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -7663,290 +7995,267 @@
             </w:r>
             <w:r w:rsidR="00BF300E" w:rsidRPr="003A2C4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14CB1FF5" w14:textId="77777777" w:rsidR="00D62AA5" w:rsidRDefault="00D62AA5" w:rsidP="37058713">
             <w:pPr>
               <w:keepNext/>
               <w:ind w:left="1440"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="33FD1D55" w14:textId="4AF8CC7C" w:rsidR="00D473CC" w:rsidRPr="00D14084" w:rsidRDefault="7C05D80D" w:rsidP="37058713">
+          <w:p w14:paraId="7BCCDF4D" w14:textId="535A63E9" w:rsidR="00155F3A" w:rsidRPr="00465A6D" w:rsidRDefault="00155F3A" w:rsidP="00964018">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4E89D8B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Download, complete, and submit </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the appropriate </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r w:rsidRPr="003D6DAA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Conflict of Interest/Significant Financial Interest form</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(s) to BOTH OSF Research Administration AND PIRB (when PIRB is EITHER IRB of Record OR providing joint local oversight):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D9F8FF2" w14:textId="77777777" w:rsidR="00155F3A" w:rsidRPr="00465A6D" w:rsidRDefault="00155F3A" w:rsidP="00155F3A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="38"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00155F3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">For studies that have NO funding or sponsorship outside of employing institution, PI completes SINGLE form to represent ENTIRE study team. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Use the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r w:rsidRPr="00155F3A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>NON-SPONSORED CONFLICT OF INTEREST DISCLOSURE FORM (NSCOIDF)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="6D62243B" w14:textId="77777777" w:rsidR="00155F3A" w:rsidRPr="00465A6D" w:rsidRDefault="00155F3A" w:rsidP="00155F3A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="38"/>
+              </w:numPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00155F3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>For ANY study that has ANY funding or sponsorship outside of employing institution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, every investigator and study team member must complete </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r w:rsidRPr="00155F3A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Part I: SIGNIFICANT FINANCIAL INTEREST DISCLOSURE FORM</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33FD1D55" w14:textId="70FB05D6" w:rsidR="00D473CC" w:rsidRPr="00964018" w:rsidRDefault="00155F3A" w:rsidP="00964018">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
-              <w:ind w:left="1440"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="10ADAEAF">
-[...18 lines deleted...]
-              <w:r w:rsidR="5FDB0D5C" w:rsidRPr="10ADAEAF">
+            <w:r w:rsidRPr="00155F3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Each investigator and study members who has ANY disclosures of significant financial interest (SFI) in Part I, must fill out </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r w:rsidRPr="00155F3A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Research Significant Financial Interest Disclosure Form</w:t>
+                <w:t>Part II: SIGNIFICANT FINANCIAL INTEREST DISCLOSURE FORM</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="10ADAEAF">
-[...198 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="360F6474" w14:textId="77777777" w:rsidR="005B63F7" w:rsidRPr="00961AFA" w:rsidRDefault="005B63F7" w:rsidP="001F7869">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69D29B9A" w14:textId="77777777" w:rsidR="00C6561C" w:rsidRPr="008B0B79" w:rsidRDefault="005B63F7" w:rsidP="001F7869">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -8339,51 +8648,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Text44"/>
+            <w:bookmarkStart w:id="9" w:name="Text44"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -8415,51 +8724,51 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1115" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C4556E6" w14:textId="6A4C0A21" w:rsidR="00CA6E78" w:rsidRPr="00294226" w:rsidRDefault="00CA6E78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00294226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -8693,87 +9002,87 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="ROLEINSTUDY"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="SELECT ROLE"/>
                     <w:listEntry w:val="Sub-investigator"/>
                     <w:listEntry w:val="Research Coordinator"/>
                     <w:listEntry w:val="Research Assistant"/>
                     <w:listEntry w:val="Research Nurse"/>
                     <w:listEntry w:val="Regulatory Coordinator"/>
                     <w:listEntry w:val="Other"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="ROLEINSTUDY"/>
+            <w:bookmarkStart w:id="10" w:name="ROLEINSTUDY"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4316" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B7DC72D" w14:textId="6D093BEF" w:rsidR="00CA6E78" w:rsidRPr="00294226" w:rsidRDefault="00CA6E78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00294226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -8886,136 +9195,136 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="SELECT OPTION"/>
                     <w:listEntry w:val="YES"/>
                     <w:listEntry w:val="NO"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Dropdown7"/>
+            <w:bookmarkStart w:id="11" w:name="Dropdown7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF4DDE" w:rsidRPr="00871E1B" w14:paraId="58F2C87F" w14:textId="77777777" w:rsidTr="00AD0E7D">
         <w:trPr>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="770" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11159731" w14:textId="597B0C5B" w:rsidR="00CA6E78" w:rsidRDefault="00CA6E78" w:rsidP="00CA6E78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> </w:instrText>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Text45"/>
+            <w:bookmarkStart w:id="12" w:name="Text45"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -9047,85 +9356,85 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1115" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0455F651" w14:textId="24514826" w:rsidR="00CA6E78" w:rsidRPr="00294226" w:rsidRDefault="00CA6E78" w:rsidP="00CA6E78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Text48"/>
+            <w:bookmarkStart w:id="13" w:name="Text48"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -9167,51 +9476,51 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B7EFBC8" w14:textId="6066152C" w:rsidR="00CA6E78" w:rsidRDefault="00CA6E78" w:rsidP="00CA6E78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00294226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -9395,51 +9704,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text51"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Text51"/>
+            <w:bookmarkStart w:id="14" w:name="Text51"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -9481,51 +9790,51 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1808" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A123E74" w14:textId="1591B01B" w:rsidR="00CA6E78" w:rsidRPr="00294226" w:rsidRDefault="002A74DA" w:rsidP="00CA6E78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -9603,51 +9912,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> </w:instrText>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Text46"/>
+            <w:bookmarkStart w:id="15" w:name="Text46"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -9679,85 +9988,85 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1115" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18E8E357" w14:textId="29F5E6F7" w:rsidR="00CA6E78" w:rsidRPr="00294226" w:rsidRDefault="00CA6E78" w:rsidP="00CA6E78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Text59"/>
+            <w:bookmarkStart w:id="16" w:name="Text59"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -9799,51 +10108,51 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45BB9352" w14:textId="5A9B94D9" w:rsidR="00CA6E78" w:rsidRDefault="00CA6E78" w:rsidP="00CA6E78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00294226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -10027,51 +10336,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text55"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Text55"/>
+            <w:bookmarkStart w:id="17" w:name="Text55"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -10113,51 +10422,51 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1808" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46F67248" w14:textId="111DC2B2" w:rsidR="00CA6E78" w:rsidRPr="00294226" w:rsidRDefault="002A74DA" w:rsidP="00CA6E78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -10226,51 +10535,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Text47"/>
+            <w:bookmarkStart w:id="18" w:name="Text47"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -10302,85 +10611,85 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1115" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B0D9562" w14:textId="3AC452F3" w:rsidR="00CA6E78" w:rsidRPr="00294226" w:rsidRDefault="00CA6E78" w:rsidP="00CA6E78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Text49"/>
+            <w:bookmarkStart w:id="19" w:name="Text49"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -10422,51 +10731,51 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18403460" w14:textId="7C6206E5" w:rsidR="00CA6E78" w:rsidRDefault="00CA6E78" w:rsidP="00CA6E78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00294226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -10650,51 +10959,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Text56"/>
+            <w:bookmarkStart w:id="20" w:name="Text56"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -10736,51 +11045,51 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1808" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C80B9F9" w14:textId="3DC2D3B2" w:rsidR="00CA6E78" w:rsidRPr="00294226" w:rsidRDefault="002A74DA" w:rsidP="00CA6E78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -10882,51 +11191,51 @@
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin">
                         <w:ffData>
                           <w:name w:val="Text65"/>
                           <w:enabled/>
                           <w:calcOnExit w:val="0"/>
                           <w:textInput/>
                         </w:ffData>
                       </w:fldChar>
                     </w:r>
-                    <w:bookmarkStart w:id="22" w:name="Text65"/>
+                    <w:bookmarkStart w:id="21" w:name="Text65"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
@@ -10958,85 +11267,85 @@
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
-                    <w:bookmarkEnd w:id="22"/>
+                    <w:bookmarkEnd w:id="21"/>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="1115" w:type="dxa"/>
                     <w:vAlign w:val="center"/>
                   </w:tcPr>
                   <w:p w14:paraId="641A1992" w14:textId="64B3D3CA" w:rsidR="00CA6E78" w:rsidRPr="00294226" w:rsidRDefault="00CA6E78" w:rsidP="00CA6E78">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin">
                         <w:ffData>
                           <w:name w:val="Text61"/>
                           <w:enabled/>
                           <w:calcOnExit w:val="0"/>
                           <w:textInput/>
                         </w:ffData>
                       </w:fldChar>
                     </w:r>
-                    <w:bookmarkStart w:id="23" w:name="Text61"/>
+                    <w:bookmarkStart w:id="22" w:name="Text61"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
@@ -11078,51 +11387,51 @@
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
-                    <w:bookmarkEnd w:id="23"/>
+                    <w:bookmarkEnd w:id="22"/>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="1170" w:type="dxa"/>
                     <w:vAlign w:val="center"/>
                   </w:tcPr>
                   <w:p w14:paraId="388043A8" w14:textId="62142482" w:rsidR="00CA6E78" w:rsidRDefault="00CA6E78" w:rsidP="00CA6E78">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00294226">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin">
@@ -11306,51 +11615,51 @@
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin">
                         <w:ffData>
                           <w:name w:val="Text63"/>
                           <w:enabled/>
                           <w:calcOnExit w:val="0"/>
                           <w:textInput/>
                         </w:ffData>
                       </w:fldChar>
                     </w:r>
-                    <w:bookmarkStart w:id="24" w:name="Text63"/>
+                    <w:bookmarkStart w:id="23" w:name="Text63"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
@@ -11392,51 +11701,51 @@
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
-                    <w:bookmarkEnd w:id="24"/>
+                    <w:bookmarkEnd w:id="23"/>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="1808" w:type="dxa"/>
                     <w:vAlign w:val="center"/>
                   </w:tcPr>
                   <w:p w14:paraId="69ADE991" w14:textId="764033DE" w:rsidR="00CA6E78" w:rsidRPr="00294226" w:rsidRDefault="002A74DA" w:rsidP="00CA6E78">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin">
@@ -12140,50 +12449,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DC19D49" w14:textId="5C3ED3E3" w:rsidR="003F7738" w:rsidRPr="003F7738" w:rsidRDefault="4E909BA8" w:rsidP="00E564C1">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4E89D8B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r w:rsidR="09303C0B" w:rsidRPr="4E89D8B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="4E89D8B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="4A31E0F9" w:rsidRPr="4E89D8B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
@@ -12831,62 +13141,86 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DD680B" w:rsidRPr="00DD680B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (Complete and submit documents with this form)</w:t>
+              <w:t xml:space="preserve"> (Complete and submit documents with this </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>form)</w:t>
             </w:r>
             <w:r w:rsidR="00DD680B" w:rsidRPr="00DD680B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">        </w:t>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00DD680B" w:rsidRPr="00DD680B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidR="00DD680B" w:rsidRPr="00DD680B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00DD680B" w:rsidRPr="00DD680B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12917,62 +13251,86 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00DD680B" w:rsidRPr="00DD680B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DD680B" w:rsidRPr="00DD680B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> No   </w:t>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00DD680B" w:rsidRPr="00DD680B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(Expl</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Expl</w:t>
             </w:r>
             <w:r w:rsidR="00DD680B" w:rsidRPr="00DD680B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ain: </w:t>
             </w:r>
             <w:r w:rsidRPr="00294226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -13097,51 +13455,50 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="189C2126" w14:textId="2D63DE19" w:rsidR="003A4041" w:rsidRDefault="2960995C" w:rsidP="004E10DD">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4E89D8B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Section V</w:t>
       </w:r>
       <w:r w:rsidR="6994FB53" w:rsidRPr="4E89D8B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="4E89D8B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: Sponsorship </w:t>
       </w:r>
       <w:r w:rsidR="4D7B5DFE" w:rsidRPr="4E89D8B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
@@ -13759,62 +14116,86 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00323702">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Cancer Cooperative Group (e.g., Alliance, SWOG)</w:t>
+              <w:t xml:space="preserve"> Cancer Cooperative Group (e.g., Alliance, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SWOG)</w:t>
             </w:r>
             <w:r w:rsidR="003A4041">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">    Other: </w:t>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="003A4041">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Other: </w:t>
             </w:r>
             <w:r w:rsidR="003A4041" w:rsidRPr="00294226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="003A4041" w:rsidRPr="00294226">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -14820,51 +15201,51 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00323702">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="003A4041" w:rsidRPr="003A4041">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes: Notify </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r w:rsidR="003A4041" w:rsidRPr="00313712">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>the Grants Administrator</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="003A4041" w:rsidRPr="003A4041">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D746F48" w14:textId="77777777" w:rsidR="00323702" w:rsidRDefault="003A4041" w:rsidP="004B3915">
@@ -16186,51 +16567,75 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                    </w:t>
             </w:r>
             <w:r w:rsidR="003A4041" w:rsidRPr="003A4041">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Is OSF party to a contract or other agreement [e.g., clinical trial agreement (CTA)]?</w:t>
+              <w:t>Is OSF party to a contract or other agreement [e.g., clinical trial agreement (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="003A4041" w:rsidRPr="003A4041">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CTA)]</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="003A4041" w:rsidRPr="003A4041">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="776A2F88" w14:textId="77777777" w:rsidR="00E778BF" w:rsidRDefault="003A4041" w:rsidP="004B3915">
             <w:pPr>
               <w:ind w:left="427" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A4041">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
@@ -17289,51 +17694,50 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1AFA6CC1" w14:textId="45CC557C" w:rsidR="00E778BF" w:rsidRDefault="4C342BC0" w:rsidP="000642A5">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4E89D8B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Section V</w:t>
       </w:r>
       <w:r w:rsidR="1BE1A571" w:rsidRPr="4E89D8B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="44B2C6E6" w:rsidRPr="4E89D8B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="4E89D8B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
@@ -17449,138 +17853,138 @@
                     <w:listEntry w:val="Data Only - Prospective"/>
                     <w:listEntry w:val="Data Only - Retrospective"/>
                     <w:listEntry w:val="Data Only - Prospective &amp; Retrospective"/>
                     <w:listEntry w:val="Data Only - Decedents ONLY"/>
                     <w:listEntry w:val="Device - Diagnostic*"/>
                     <w:listEntry w:val="Device - Non-diagnostic*"/>
                     <w:listEntry w:val="Drug/Biologic*"/>
                     <w:listEntry w:val="Expanded Access (also called Compassionate Use)"/>
                     <w:listEntry w:val="HUD - Emergency Use"/>
                     <w:listEntry w:val="HUD - Investigational Only*"/>
                     <w:listEntry w:val="HUD - Off Label"/>
                     <w:listEntry w:val="Interventional - Diagnostic*"/>
                     <w:listEntry w:val="Interventional - Health Services Research"/>
                     <w:listEntry w:val="Interventional - Population Health Research"/>
                     <w:listEntry w:val="Interventional - Preventative Care"/>
                     <w:listEntry w:val="Interventional - Supportive Care"/>
                     <w:listEntry w:val="Interventional - Treatment*"/>
                     <w:listEntry w:val="Observational"/>
                     <w:listEntry w:val="Observational - Survey/Questionnaire only"/>
                     <w:listEntry w:val="Registry/Repository/Database for Future Research"/>
                     <w:listEntry w:val="Other (Requires Description)"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="Dropdown3"/>
+            <w:bookmarkStart w:id="24" w:name="Dropdown3"/>
             <w:r w:rsidR="00112711">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r w:rsidR="00112711">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00112711">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00112711">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="24"/>
             <w:r w:rsidRPr="00CC2C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00782BD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidRPr="00E14200">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Other: </w:t>
             </w:r>
             <w:r w:rsidRPr="00E14200">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Text38"/>
+            <w:bookmarkStart w:id="25" w:name="Text38"/>
             <w:r w:rsidRPr="00E14200">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E14200">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E14200">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -17619,51 +18023,75 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E14200">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00D14084" w:rsidRPr="00E14200">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">           Multi-center?  </w:t>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00D14084" w:rsidRPr="00E14200">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Multi-center</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00D14084" w:rsidRPr="00E14200">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">?  </w:t>
             </w:r>
             <w:r w:rsidR="00D14084" w:rsidRPr="00E14200">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D14084" w:rsidRPr="00E14200">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -17771,51 +18199,51 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D14084" w:rsidRPr="00E14200">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00D14084" w:rsidRPr="00E14200">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FB06A6" w14:paraId="7AF5638B" w14:textId="77777777" w:rsidTr="00252DF2">
         <w:trPr>
           <w:trHeight w:val="2060"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57F9CDC5" w14:textId="77777777" w:rsidR="00C36ED3" w:rsidRDefault="00C36ED3" w:rsidP="004B3915">
             <w:pPr>
               <w:ind w:left="427" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -18098,51 +18526,51 @@
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Hospital(s): </w:t>
             </w:r>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text66"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Text66"/>
+            <w:bookmarkStart w:id="26" w:name="Text66"/>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
@@ -18175,91 +18603,91 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="26"/>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00252DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinic(s): </w:t>
             </w:r>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text67"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="Text67"/>
+            <w:bookmarkStart w:id="27" w:name="Text67"/>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
@@ -18292,83 +18720,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="27"/>
             <w:r w:rsidR="00252DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Other (e.g., registries): </w:t>
             </w:r>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text68"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="Text68"/>
+            <w:bookmarkStart w:id="28" w:name="Text68"/>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
@@ -18401,51 +18829,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C36ED3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
           <w:p w14:paraId="300CED39" w14:textId="46C34092" w:rsidR="00C36ED3" w:rsidRPr="00782BD9" w:rsidRDefault="00C36ED3" w:rsidP="004B3915">
             <w:pPr>
               <w:ind w:left="427" w:hanging="270"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D3E23" w14:paraId="760D3FDE" w14:textId="77777777" w:rsidTr="4E89D8B5">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15ABACB4" w14:textId="408BF346" w:rsidR="006D3E23" w:rsidRPr="00E14200" w:rsidRDefault="006D3E23" w:rsidP="004B3915">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="427" w:hanging="270"/>
@@ -18473,103 +18901,103 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="ClinicalTrialPhase"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:ddList>
                     <w:listEntry w:val="SELECT OPTION"/>
                     <w:listEntry w:val="Phase I"/>
                     <w:listEntry w:val="Phase Ia/Ib"/>
                     <w:listEntry w:val="Phase II"/>
                     <w:listEntry w:val="Phase IIa/IIb"/>
                     <w:listEntry w:val="Phase I/II"/>
                     <w:listEntry w:val="Phase II/III"/>
                     <w:listEntry w:val="Phase III"/>
                     <w:listEntry w:val="Phase IV"/>
                     <w:listEntry w:val="NA"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="ClinicalTrialPhase"/>
+            <w:bookmarkStart w:id="29" w:name="ClinicalTrialPhase"/>
             <w:r w:rsidR="00112711">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r w:rsidR="00112711">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00112711">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00112711">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkEnd w:id="29"/>
             <w:r w:rsidR="00820CD4" w:rsidRPr="00CC2C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00820CD4" w:rsidRPr="00E14200">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">         For assistance with definitions/descriptions click </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:anchor="collapse1" w:history="1">
+            <w:hyperlink r:id="rId39" w:anchor="collapse1" w:history="1">
               <w:r w:rsidR="00820CD4" w:rsidRPr="00782BD9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00820CD4" w:rsidRPr="00E14200">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -20530,90 +20958,139 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="427" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Ministry HealthCare Analytics (MHA) Consult</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C286525" w14:textId="77777777" w:rsidR="00782BD9" w:rsidRDefault="00782BD9" w:rsidP="004B3915">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="427" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="05A4D379" w14:textId="23B34117" w:rsidR="00782BD9" w:rsidRDefault="00782BD9" w:rsidP="004B3915">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="427" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>OSF requires investigators to complete an MHA consult when the study plan/protocol includes  obtaining/using OSF clinical data with MHA assistance. Examples include, but are not limited to:</w:t>
+              <w:t xml:space="preserve">OSF requires investigators to complete an MHA </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>consult</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> when the study plan/protocol </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>includes  obtaining</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/using OSF clinical data with MHA assistance. Examples include, but are not limited to:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="376AC733" w14:textId="128EC5FA" w:rsidR="00782BD9" w:rsidRDefault="00782BD9" w:rsidP="004B3915">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="427" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -20748,87 +21225,87 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC2C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown6"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:ddList>
                     <w:listEntry w:val="SELECT OPTION"/>
                     <w:listEntry w:val="YES"/>
                     <w:listEntry w:val="NO"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="Dropdown6"/>
+            <w:bookmarkStart w:id="30" w:name="Dropdown6"/>
             <w:r w:rsidRPr="00CC2C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00CC2C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00CC2C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CC2C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkEnd w:id="30"/>
           </w:p>
           <w:p w14:paraId="76583826" w14:textId="77777777" w:rsidR="00782BD9" w:rsidRDefault="00782BD9" w:rsidP="004B3915">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="427" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3CA4D8BD" w14:textId="5065771D" w:rsidR="00782BD9" w:rsidRDefault="00782BD9" w:rsidP="004B3915">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="427" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
@@ -20914,51 +21391,75 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="494513B4" w14:textId="613F2E9F" w:rsidR="00782BD9" w:rsidRPr="00CC2C8B" w:rsidRDefault="00782BD9" w:rsidP="004B3915">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="427" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D3E23">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Have you completed initial consult with MHA for assistance in data extraction?</w:t>
+              <w:t xml:space="preserve">Have you completed initial </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D3E23">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>consult</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D3E23">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with MHA for assistance in data extraction?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC2C8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:ddList>
@@ -21266,51 +21767,50 @@
               </w:rPr>
               <w:t>elements you plan to obtain through MHA. An Excel file is recommended.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="06202666" w14:textId="62BF2DEE" w:rsidR="003055FB" w:rsidRDefault="1638C9F8" w:rsidP="003069FE">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4E89D8B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Section VI</w:t>
       </w:r>
       <w:r w:rsidR="1BE1A571" w:rsidRPr="4E89D8B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="14E1A6F0" w:rsidRPr="4E89D8B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="4E89D8B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
@@ -21368,51 +21868,73 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Does the st</w:t>
             </w:r>
             <w:r w:rsidR="001933B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
             <w:r w:rsidRPr="003055FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">dy involve accessing OSF Electronic Health Records (EHR) or other sources (e.g., clinical registry) of OSF protected health information (PHI) in order to look at/collect PHI? </w:t>
+              <w:t xml:space="preserve">dy involve accessing OSF Electronic Health Records (EHR) or other sources (e.g., clinical registry) of OSF protected health information (PHI) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003055FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in order to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003055FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> look at/collect PHI? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2AB2B81F" w14:textId="77777777" w:rsidR="003055FB" w:rsidRDefault="003055FB" w:rsidP="003069FE">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="254E55E7" w14:textId="77777777" w:rsidR="003055FB" w:rsidRPr="003055FB" w:rsidRDefault="003055FB" w:rsidP="003069FE">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -22719,50 +23241,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24533587" w14:textId="2BDD4EDC" w:rsidR="00EE643D" w:rsidRDefault="62788905" w:rsidP="0049644E">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4E89D8B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Section I</w:t>
       </w:r>
       <w:r w:rsidR="35F6B1B7" w:rsidRPr="4E89D8B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
       <w:r w:rsidRPr="4E89D8B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: Study Location</w:t>
       </w:r>
       <w:r w:rsidR="4D7B5DFE" w:rsidRPr="4E89D8B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="28"/>
@@ -26824,51 +27347,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">it </w:t>
             </w:r>
             <w:r w:rsidR="0055112B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>already,</w:t>
             </w:r>
             <w:r w:rsidRPr="00C1674C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> registered on </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r w:rsidRPr="00B709B6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:kern w:val="2"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w14:ligatures w14:val="standardContextual"/>
                 </w:rPr>
                 <w:t>Clinical</w:t>
               </w:r>
               <w:r w:rsidR="00B709B6" w:rsidRPr="00B709B6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>T</w:t>
               </w:r>
               <w:r w:rsidRPr="00B709B6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
@@ -26888,51 +27411,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">? If unsure, </w:t>
             </w:r>
             <w:r w:rsidR="00660D1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">then </w:t>
             </w:r>
             <w:r w:rsidRPr="00C1674C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">reference the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r w:rsidR="0066145E" w:rsidRPr="00660D1F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:kern w:val="2"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w14:ligatures w14:val="standardContextual"/>
                 </w:rPr>
                 <w:t>“</w:t>
               </w:r>
               <w:r w:rsidR="0066145E" w:rsidRPr="00660D1F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Registration</w:t>
               </w:r>
               <w:r w:rsidR="006024EF" w:rsidRPr="00660D1F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
@@ -27264,51 +27787,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52818CCF" w14:textId="2085A6D5" w:rsidR="006B6ACA" w:rsidRDefault="006B6ACA" w:rsidP="00846F13">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                           </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r w:rsidRPr="006B6ACA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Checklist for Evaluating Whether a Clinical Trial or Study is an ACT</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006B6ACA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27486002" w14:textId="77777777" w:rsidR="006B6ACA" w:rsidRDefault="006B6ACA" w:rsidP="00846F13">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -27407,51 +27930,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                          </w:t>
             </w:r>
             <w:r w:rsidRPr="006B6ACA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">unsure, review the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r w:rsidRPr="006B6ACA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>NIH Policy on the Dissemination of NIH-funded Clinical Trial Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006B6ACA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0EAC9390" w14:textId="77777777" w:rsidR="006B6ACA" w:rsidRDefault="006B6ACA" w:rsidP="00846F13">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -27519,82 +28042,102 @@
             <w:r w:rsidRPr="006B6ACA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="006B6ACA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="006B6ACA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> The project is a Qualifying Clinical Trial (QCT) per the Center for Medicare and Medicaid Services </w:t>
+              <w:t xml:space="preserve"> The project is a Qualifying Clinical Trial (QCT) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006B6ACA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>per</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006B6ACA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the Center for Medicare and Medicaid Services </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="276BD5DA" w14:textId="3428BE76" w:rsidR="006B6ACA" w:rsidRDefault="006B6ACA" w:rsidP="00846F13">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                          </w:t>
             </w:r>
             <w:r w:rsidRPr="006B6ACA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(CMS). If unsure, review the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r w:rsidRPr="006B6ACA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Medicare National Coverage Determination (NCD) Manual</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="5DA13F7C" w14:textId="77777777" w:rsidR="00C1674C" w:rsidRDefault="00C1674C" w:rsidP="00846F13">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="05D2EDB3" w14:textId="77777777" w:rsidR="006B6ACA" w:rsidRDefault="00C1674C" w:rsidP="00846F13">
             <w:pPr>
               <w:keepNext/>
@@ -27662,82 +28205,102 @@
             <w:r w:rsidR="006B6ACA" w:rsidRPr="006B6ACA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="006B6ACA" w:rsidRPr="006B6ACA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="006B6ACA" w:rsidRPr="006B6ACA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> The project is a clinical trial per the International Committee of Medical Journal Editors. If unsure, </w:t>
+              <w:t xml:space="preserve"> The project is a clinical trial </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="006B6ACA" w:rsidRPr="006B6ACA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>per</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="006B6ACA" w:rsidRPr="006B6ACA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the International Committee of Medical Journal Editors. If unsure, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50A740DE" w14:textId="43FDF21A" w:rsidR="006B6ACA" w:rsidRDefault="006B6ACA" w:rsidP="00846F13">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                          </w:t>
             </w:r>
             <w:r w:rsidRPr="006B6ACA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">review the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r w:rsidRPr="006B6ACA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>ICMJE Clinical Trial Registration Policy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006B6ACA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FB6F1E5" w14:textId="77777777" w:rsidR="006B6ACA" w:rsidRDefault="006B6ACA" w:rsidP="00846F13">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -27750,51 +28313,51 @@
           <w:p w14:paraId="55D9EC12" w14:textId="6530F38A" w:rsidR="006B6ACA" w:rsidRPr="006B6ACA" w:rsidRDefault="006B6ACA" w:rsidP="00846F13">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B6ACA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the project currently registered on </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r w:rsidRPr="00B709B6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:kern w:val="2"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w14:ligatures w14:val="standardContextual"/>
                 </w:rPr>
                 <w:t>ClinicalTrials.gov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006B6ACA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidRPr="006B6ACA">
               <w:rPr>
@@ -28784,51 +29347,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Complete </w:t>
             </w:r>
             <w:r w:rsidR="00B3360C" w:rsidRPr="00A22117">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a.</w:t>
             </w:r>
             <w:r w:rsidR="00B3360C" w:rsidRPr="00A22117">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> thru </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00B3360C" w:rsidRPr="00A22117">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>thru</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00B3360C" w:rsidRPr="00A22117">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004F0E4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidR="00B3360C" w:rsidRPr="00A22117">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6403120D" w14:textId="77777777" w:rsidR="00A22117" w:rsidRDefault="00A22117" w:rsidP="004746C5">
             <w:pPr>
               <w:keepNext/>
@@ -28872,51 +29455,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text70"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="Text70"/>
+            <w:bookmarkStart w:id="31" w:name="Text70"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
@@ -28967,51 +29550,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
+            <w:bookmarkEnd w:id="31"/>
             <w:r w:rsidRPr="004746C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="634F68C2" w14:textId="77777777" w:rsidR="004746C5" w:rsidRDefault="004746C5" w:rsidP="004746C5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4D763420" w14:textId="77777777" w:rsidR="00C45102" w:rsidRDefault="004746C5" w:rsidP="004746C5">
@@ -29181,51 +29764,51 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes </w:t>
             </w:r>
             <w:r w:rsidRPr="00977F89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
             <w:r w:rsidRPr="00977F89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Complete and attach the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r w:rsidRPr="00977F89">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>IND Applicability Form</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="4299DC8F" w14:textId="77777777" w:rsidR="00C45102" w:rsidRDefault="00C45102" w:rsidP="00C45102">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="136D08B8" w14:textId="77777777" w:rsidR="00C45102" w:rsidRPr="001F61D7" w:rsidRDefault="00C45102" w:rsidP="00C45102">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
@@ -29401,51 +29984,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Who is the IND holder? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text71"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="33" w:name="Text71"/>
+            <w:bookmarkStart w:id="32" w:name="Text71"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
@@ -29496,90 +30079,134 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="32"/>
           </w:p>
           <w:p w14:paraId="6C6DDF55" w14:textId="77777777" w:rsidR="001F61D7" w:rsidRDefault="001F61D7" w:rsidP="001F61D7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1F27AE4A" w14:textId="211507CE" w:rsidR="001F61D7" w:rsidRPr="001F61D7" w:rsidRDefault="001F61D7" w:rsidP="001F61D7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00977F89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">If no IND, then does this study have IND exemption determination from the FDA? </w:t>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00977F89">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00977F89">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IND, then does this study have </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00977F89">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IND exemption</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00977F89">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> determination from the FDA? </w:t>
             </w:r>
             <w:r w:rsidRPr="00977F89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00977F89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
@@ -30253,51 +30880,51 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> No </w:t>
             </w:r>
             <w:r w:rsidRPr="00977F89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
             <w:r w:rsidRPr="00977F89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Complete and attach the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r w:rsidRPr="00C06456">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:kern w:val="2"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w14:ligatures w14:val="standardContextual"/>
                 </w:rPr>
                 <w:t>“</w:t>
               </w:r>
               <w:r w:rsidRPr="00C06456">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>IDE Applicability”</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -30730,51 +31357,95 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0BE0E857" w14:textId="77777777" w:rsidR="00640878" w:rsidRPr="00640878" w:rsidRDefault="00640878" w:rsidP="00640878">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00640878">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">If no IDE, then does this study have IDE exemption determination from the FDA? </w:t>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00640878">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00640878">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IDE, then does this study have </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00640878">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IDE exemption</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00640878">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> determination from the FDA? </w:t>
             </w:r>
             <w:r w:rsidRPr="00640878">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00640878">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
@@ -31159,51 +31830,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> All devices being used for research projects should be approved by the OSF New Product Committee.       </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04546173" w14:textId="712449D8" w:rsidR="003E0F73" w:rsidRPr="00977F89" w:rsidRDefault="000A5878" w:rsidP="000A5878">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5878">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                Request New Product Committee review here: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r w:rsidRPr="000A5878">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://app.lumere.com/providers/osf/requests/add/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E0F73" w:rsidRPr="00977F89" w14:paraId="5E0D9C72" w14:textId="77777777" w:rsidTr="0024782C">
         <w:trPr>
           <w:trHeight w:val="270"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -31774,51 +32445,75 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2092E486" w14:textId="3BEE8365" w:rsidR="00C814B3" w:rsidRPr="00965367" w:rsidRDefault="00C814B3" w:rsidP="00C814B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965367">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">             Sponsor monitoring plan?   </w:t>
+              <w:t xml:space="preserve">             Sponsor monitoring </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00965367">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>plan?</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00965367">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="00965367">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00965367">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -32034,51 +32729,75 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="75DB961F" w14:textId="45FDCD63" w:rsidR="00C814B3" w:rsidRPr="00965367" w:rsidRDefault="00C814B3" w:rsidP="00C814B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965367">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">                    Will sponsor require electronic medical record access for research?  </w:t>
+              <w:t xml:space="preserve">                    Will </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00965367">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sponsor</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00965367">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> require electronic medical record access for research?  </w:t>
             </w:r>
             <w:r w:rsidRPr="00965367">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00965367">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -32209,51 +32928,51 @@
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="041B2125" w14:textId="3B8CE572" w:rsidR="00C814B3" w:rsidRPr="00965367" w:rsidRDefault="00C814B3" w:rsidP="00C814B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965367">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                           If “Yes,” then complete and submit </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r w:rsidRPr="00965367">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Research Epic Access Request Form</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00965367">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1FD341EA" w14:textId="274B16BD" w:rsidR="00C814B3" w:rsidRPr="00965367" w:rsidRDefault="00C814B3" w:rsidP="00C814B3">
@@ -33866,51 +34585,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5D688941" wp14:editId="0E667D20">
                   <wp:extent cx="3229426" cy="1305107"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                   <wp:docPr id="2122050438" name="Picture 1" descr="A screenshot of a medical research institute&#10;&#10;Description automatically generated"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1760451186" name="Picture 1" descr="A screenshot of a medical research institute&#10;&#10;Description automatically generated"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId48"/>
+                          <a:blip r:embed="rId51"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3229426" cy="1305107"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B5124F9" w14:textId="77777777" w:rsidR="00961AFA" w:rsidRPr="00965367" w:rsidRDefault="00961AFA" w:rsidP="00A9222C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
               <w:ind w:left="2160"/>
@@ -34949,63 +35668,76 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00965367">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r w:rsidR="005B63F7" w:rsidRPr="00965367">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (Continue below)</w:t>
+              <w:t xml:space="preserve"> (Continue </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="005B63F7" w:rsidRPr="00965367">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>below)</w:t>
             </w:r>
             <w:r w:rsidRPr="00965367">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00965367">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check70"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00965367">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -35368,52 +36100,65 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00965367">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00965367">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Coordinator;</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00965367">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Coordinator;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="355D3224" w14:textId="77777777" w:rsidR="00C657CF" w:rsidRPr="00965367" w:rsidRDefault="00C657CF" w:rsidP="00A9222C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
               <w:ind w:left="3600"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965367">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -35829,52 +36574,65 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00965367">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00965367">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Coordinator;</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00965367">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Coordinator;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="2236E981" w14:textId="77777777" w:rsidR="00C657CF" w:rsidRPr="00965367" w:rsidRDefault="00C657CF" w:rsidP="00A9222C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
               <w:ind w:left="3600"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965367">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -36333,93 +37091,83 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1217012027"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1728636285"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:p w14:paraId="4E265705" w14:textId="244DFDDA" w:rsidR="0085585F" w:rsidRPr="006A37DD" w:rsidRDefault="00407343" w:rsidP="00626E32">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="center"/>
@@ -36456,130 +37204,120 @@
                 <w:noProof/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="09FA47D2" w14:textId="77777777" w:rsidR="00165FC9" w:rsidRDefault="00165FC9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="17831997" w14:textId="77777777" w:rsidR="00126DE9" w:rsidRDefault="00126DE9" w:rsidP="000608D7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="70AD825D" w14:textId="77777777" w:rsidR="0093092C" w:rsidRDefault="0093092C" w:rsidP="000169A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7FFE7F6F" w14:textId="77777777" w:rsidR="0093092C" w:rsidRDefault="0093092C" w:rsidP="000169A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="7D018F2C" w14:textId="77777777" w:rsidR="0093092C" w:rsidRDefault="0093092C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0E0CAF98" w14:textId="77777777" w:rsidR="00F653C8" w:rsidRDefault="00F653C8">
-[...9 lines deleted...]
-  <w:p w14:paraId="43A30626" w14:textId="5B0070A2" w:rsidR="00B93558" w:rsidRDefault="00B93558" w:rsidP="00B93558">
+  <w:p w14:paraId="43A30626" w14:textId="7F482199" w:rsidR="00B93558" w:rsidRDefault="00B93558" w:rsidP="00B93558">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">Version Date: </w:t>
+      <w:t>Version Date</w:t>
     </w:r>
     <w:r w:rsidR="00F653C8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>05MAY2025</w:t>
+      <w:t>2025</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="51E23288" w14:textId="42C345B8" w:rsidR="00D51C61" w:rsidRPr="00AD121D" w:rsidRDefault="000169A1" w:rsidP="000169A1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="48"/>
         <w:szCs w:val="48"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AD121D">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:kern w:val="0"/>
         <w:sz w:val="48"/>
         <w:szCs w:val="48"/>
         <w14:ligatures w14:val="none"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D1917D7" wp14:editId="712D283D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>left</wp:align>
@@ -36627,51 +37365,51 @@
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00AD121D">
       <w:rPr>
         <w:sz w:val="48"/>
         <w:szCs w:val="48"/>
       </w:rPr>
       <w:t>Research Application Form</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0682AD43" w14:textId="28768D8F" w:rsidR="00C51EBC" w:rsidRDefault="00C51EBC" w:rsidP="00E14200">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="1965"/>
         <w:tab w:val="center" w:pos="5400"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="44"/>
         <w:szCs w:val="44"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AD121D">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:kern w:val="0"/>
         <w:sz w:val="48"/>
         <w:szCs w:val="48"/>
         <w14:ligatures w14:val="none"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6167F8EB" wp14:editId="1C31AABA">
@@ -36758,53 +37496,50 @@
       <w:rPr>
         <w:sz w:val="44"/>
         <w:szCs w:val="44"/>
       </w:rPr>
       <w:t>Tip Sheet</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:textHash int2:hashCode="BC3EUS+j05HFFw" int2:id="MIjZzkTA">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="9Mu7j2hOhDefgo" int2:id="WA3BBlMU">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="VPjfbhNgNtJy/0" int2:id="uhEw4nh4">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:textHash>
     <int2:bookmark int2:bookmarkName="_Int_Nd3P8KeX" int2:invalidationBookmarkName="" int2:hashCode="X8a9k11QfTN5JS" int2:id="EvjN8JdD">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:bookmark>
-    <int2:bookmark int2:bookmarkName="_Int_TncUQ8rH" int2:invalidationBookmarkName="" int2:hashCode="RcjrhrUf+27r07" int2:id="LdjdXZuP">
-[...1 lines deleted...]
-    </int2:bookmark>
     <int2:bookmark int2:bookmarkName="_Int_GGJktzZe" int2:invalidationBookmarkName="" int2:hashCode="y3YW/2X8DYB4Zn" int2:id="edgjMpOV">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:bookmark>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00C943DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E6609324"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -36888,51 +37623,51 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03CB3322"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A29A5974"/>
+    <w:tmpl w:val="721030AA"/>
     <w:lvl w:ilvl="0" w:tplc="08AC1314">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -37345,70 +38080,68 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="20940AA1"/>
+    <w:nsid w:val="1A931EC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0BAC3A8E"/>
-[...2 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:tmpl w:val="410E10CE"/>
+    <w:lvl w:ilvl="0" w:tplc="6C86C584">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:b/>
-[...1 lines deleted...]
-        <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
+        <w:rFonts w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019">
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
@@ -37438,50 +38171,243 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E027BD7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3AC642B4"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4BDA4236">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20940AA1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E1842864"/>
+    <w:lvl w:ilvl="0" w:tplc="E444C5E0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DD7212CE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="241862BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C95C7374"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -37530,51 +38456,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="260309FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F3C5F80"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -37623,51 +38549,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26ED0561"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="368271CE"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -37716,51 +38642,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29943BDD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57C6E2F8"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -37806,51 +38732,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C4A6034"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C83C2C2E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -37919,51 +38845,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F103629"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7D6C3310"/>
     <w:lvl w:ilvl="0" w:tplc="9CA25994">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -38009,51 +38935,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33BD1494"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="804A20DA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -38098,51 +39024,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="347C2B38"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B7213F6"/>
     <w:lvl w:ilvl="0" w:tplc="17208C5C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -38191,51 +39117,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37BD11D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="58148DEE"/>
     <w:lvl w:ilvl="0" w:tplc="08AC1314">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -38284,51 +39210,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37D47DAA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5548952"/>
     <w:lvl w:ilvl="0" w:tplc="88A4855C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -38375,51 +39301,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B962E8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5B44CF5E"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -38461,51 +39387,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="422B31DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4EDA8380"/>
     <w:lvl w:ilvl="0" w:tplc="426C9BA8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -38577,51 +39503,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47E73FB5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7D7A5952"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -38663,51 +39589,147 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D1156A2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E1842864"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DEA43FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F9BC46BE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -38749,51 +39771,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5AA70786"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="59EE6AAE"/>
     <w:lvl w:ilvl="0" w:tplc="86D2C13E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -38842,51 +39864,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62406D73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6C743F96"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -38955,51 +39977,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6305788C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D2DAB1E4"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -39041,51 +40063,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="669D7529"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E1064854"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -39154,51 +40176,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66DA0CC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="40B6E9F6"/>
     <w:lvl w:ilvl="0" w:tplc="08AC1314">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -39247,51 +40269,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A60218C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="368271CE"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -39340,51 +40362,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B880F89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="368271CE"/>
     <w:lvl w:ilvl="0" w:tplc="29E2119E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -39433,51 +40455,144 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C8B5C88"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0BAC3A8E"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E544B39"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="676634BE"/>
     <w:lvl w:ilvl="0" w:tplc="9CA25994">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -39523,51 +40638,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F502E99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B0C4BD06"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -39616,51 +40731,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75DC3FA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A2C83CA"/>
     <w:lvl w:ilvl="0" w:tplc="707CB66E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -39707,51 +40822,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76BE3667"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B32E59F6"/>
     <w:lvl w:ilvl="0" w:tplc="80CEC388">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="470" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1190" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -39797,51 +40912,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4790" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5510" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6230" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79C432C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3D7E95F6"/>
     <w:lvl w:ilvl="0" w:tplc="9CA25994">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -39887,51 +41002,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7AD761B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B37046CE"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -39980,51 +41095,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B750AF4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D53E392A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -40067,162 +41182,174 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1732192767">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1871531746">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1261068605">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1717319543">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="871840356">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1322805741">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="2041315767">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1576162414">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1576162414">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="9" w16cid:durableId="1887913158">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="886651358">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1618178904">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="823740559">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="825781655">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="24138108">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1492330387">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="641039011">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1024211783">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="376635775">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1331788085">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="23485615">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1184902642">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="2055692621">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="655841177">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1791851801">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1625111744">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1281691279">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="905215836">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="629946326">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="2134446521">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="120807802">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="969213466">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="815530931">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="798187221">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="62530005">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="110171053">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="147020472">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1073046986">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1562407094">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1775054918">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="WDNtgrhuqTod2TOQ0MmN/wnFDrXUe72MUtmjVzq0ObArv327pLIF4jbE09Z8PR2KnpSrqC69xDU19yAH+Q+wDg==" w:salt="tRNbvDdmcGHUpSHmbZ8zWw=="/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="TM+7VnqnRBI1hkozdRLE7cqDCuTHx5NBi6fWhL9JVSR7s+neMvzJuHaBBCtnfU4S+eYPMIZ+7VuGYP3xN+E0uQ==" w:salt="1slfFWRTKv7oTIonZOl+Ig=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000169A1"/>
@@ -40258,50 +41385,51 @@
     <w:rsid w:val="000D4B81"/>
     <w:rsid w:val="000D6728"/>
     <w:rsid w:val="000D676B"/>
     <w:rsid w:val="000E3D2D"/>
     <w:rsid w:val="000F0728"/>
     <w:rsid w:val="000F41ED"/>
     <w:rsid w:val="000F7652"/>
     <w:rsid w:val="00100BF3"/>
     <w:rsid w:val="00106D5A"/>
     <w:rsid w:val="00112711"/>
     <w:rsid w:val="00116F68"/>
     <w:rsid w:val="00117912"/>
     <w:rsid w:val="00122B7E"/>
     <w:rsid w:val="00123C78"/>
     <w:rsid w:val="00126DE9"/>
     <w:rsid w:val="00130C3E"/>
     <w:rsid w:val="001315DB"/>
     <w:rsid w:val="00132922"/>
     <w:rsid w:val="00133CD4"/>
     <w:rsid w:val="00135368"/>
     <w:rsid w:val="00137387"/>
     <w:rsid w:val="00144B41"/>
     <w:rsid w:val="00144EF7"/>
     <w:rsid w:val="00146683"/>
     <w:rsid w:val="00155314"/>
+    <w:rsid w:val="00155F3A"/>
     <w:rsid w:val="00156058"/>
     <w:rsid w:val="00160121"/>
     <w:rsid w:val="001637B4"/>
     <w:rsid w:val="00164E19"/>
     <w:rsid w:val="00165AEA"/>
     <w:rsid w:val="00165FC9"/>
     <w:rsid w:val="0017044B"/>
     <w:rsid w:val="00172B76"/>
     <w:rsid w:val="00173D24"/>
     <w:rsid w:val="0017574B"/>
     <w:rsid w:val="00193325"/>
     <w:rsid w:val="001933B8"/>
     <w:rsid w:val="00193795"/>
     <w:rsid w:val="00195A8D"/>
     <w:rsid w:val="00195AAF"/>
     <w:rsid w:val="001B2F05"/>
     <w:rsid w:val="001B5E23"/>
     <w:rsid w:val="001B6058"/>
     <w:rsid w:val="001B7121"/>
     <w:rsid w:val="001C693C"/>
     <w:rsid w:val="001D1A58"/>
     <w:rsid w:val="001D487E"/>
     <w:rsid w:val="001D6C7A"/>
     <w:rsid w:val="001D7292"/>
     <w:rsid w:val="001E3503"/>
@@ -40371,198 +41499,203 @@
     <w:rsid w:val="0033676D"/>
     <w:rsid w:val="003416BB"/>
     <w:rsid w:val="003526EB"/>
     <w:rsid w:val="00353C76"/>
     <w:rsid w:val="00355DC7"/>
     <w:rsid w:val="00355E8D"/>
     <w:rsid w:val="00363C26"/>
     <w:rsid w:val="00363EFC"/>
     <w:rsid w:val="00370901"/>
     <w:rsid w:val="003731A2"/>
     <w:rsid w:val="003736AB"/>
     <w:rsid w:val="00381B1D"/>
     <w:rsid w:val="003830EB"/>
     <w:rsid w:val="00390465"/>
     <w:rsid w:val="003904E0"/>
     <w:rsid w:val="00395E5F"/>
     <w:rsid w:val="0039725F"/>
     <w:rsid w:val="00397306"/>
     <w:rsid w:val="003A2C4C"/>
     <w:rsid w:val="003A4041"/>
     <w:rsid w:val="003B1702"/>
     <w:rsid w:val="003C162A"/>
     <w:rsid w:val="003C55D9"/>
     <w:rsid w:val="003D0B34"/>
     <w:rsid w:val="003D29C2"/>
+    <w:rsid w:val="003D6DAA"/>
     <w:rsid w:val="003E0F73"/>
     <w:rsid w:val="003E1EE7"/>
     <w:rsid w:val="003E27BF"/>
     <w:rsid w:val="003E4FF5"/>
     <w:rsid w:val="003F26AA"/>
     <w:rsid w:val="003F602D"/>
     <w:rsid w:val="003F7738"/>
     <w:rsid w:val="00405E63"/>
     <w:rsid w:val="004060C1"/>
     <w:rsid w:val="00407343"/>
     <w:rsid w:val="00410D07"/>
     <w:rsid w:val="00411838"/>
     <w:rsid w:val="00412942"/>
     <w:rsid w:val="00417554"/>
     <w:rsid w:val="00424996"/>
     <w:rsid w:val="004260D3"/>
     <w:rsid w:val="00430118"/>
     <w:rsid w:val="004312F4"/>
     <w:rsid w:val="004375CA"/>
     <w:rsid w:val="004470E2"/>
     <w:rsid w:val="00452A12"/>
     <w:rsid w:val="00454956"/>
     <w:rsid w:val="00462946"/>
     <w:rsid w:val="00462E17"/>
     <w:rsid w:val="00463F39"/>
     <w:rsid w:val="00464979"/>
     <w:rsid w:val="0046670A"/>
     <w:rsid w:val="00467ABD"/>
     <w:rsid w:val="00467B0E"/>
     <w:rsid w:val="00467BA5"/>
     <w:rsid w:val="00472229"/>
     <w:rsid w:val="004746C5"/>
     <w:rsid w:val="0047789E"/>
     <w:rsid w:val="00481F57"/>
     <w:rsid w:val="00482621"/>
     <w:rsid w:val="00483DD8"/>
     <w:rsid w:val="00485298"/>
     <w:rsid w:val="00486014"/>
     <w:rsid w:val="0049644E"/>
     <w:rsid w:val="00497E3A"/>
     <w:rsid w:val="004A3455"/>
+    <w:rsid w:val="004A7A65"/>
     <w:rsid w:val="004B3915"/>
     <w:rsid w:val="004C191B"/>
     <w:rsid w:val="004D0B19"/>
     <w:rsid w:val="004D0EBC"/>
     <w:rsid w:val="004D2F64"/>
     <w:rsid w:val="004D5B5B"/>
     <w:rsid w:val="004D6268"/>
     <w:rsid w:val="004E0EE7"/>
     <w:rsid w:val="004E10DD"/>
     <w:rsid w:val="004E322F"/>
     <w:rsid w:val="004E5E59"/>
     <w:rsid w:val="004F0E4F"/>
     <w:rsid w:val="004F206C"/>
     <w:rsid w:val="004F43CD"/>
     <w:rsid w:val="004F4922"/>
     <w:rsid w:val="005028AC"/>
     <w:rsid w:val="005061F6"/>
     <w:rsid w:val="005077B2"/>
     <w:rsid w:val="005077FC"/>
     <w:rsid w:val="00521B21"/>
     <w:rsid w:val="00525A8C"/>
     <w:rsid w:val="00531513"/>
     <w:rsid w:val="00534152"/>
     <w:rsid w:val="005355B4"/>
     <w:rsid w:val="0053783F"/>
     <w:rsid w:val="0054617F"/>
     <w:rsid w:val="00547825"/>
     <w:rsid w:val="0055112B"/>
     <w:rsid w:val="00556673"/>
     <w:rsid w:val="00556954"/>
     <w:rsid w:val="00565E10"/>
+    <w:rsid w:val="00566911"/>
     <w:rsid w:val="0056726E"/>
     <w:rsid w:val="005717C9"/>
     <w:rsid w:val="00572498"/>
     <w:rsid w:val="00577EFA"/>
     <w:rsid w:val="00582ABC"/>
     <w:rsid w:val="00583279"/>
     <w:rsid w:val="00586EE5"/>
     <w:rsid w:val="0059017D"/>
     <w:rsid w:val="00591709"/>
     <w:rsid w:val="005968A8"/>
     <w:rsid w:val="00597FF3"/>
     <w:rsid w:val="005A32B2"/>
     <w:rsid w:val="005A33DC"/>
     <w:rsid w:val="005A4383"/>
     <w:rsid w:val="005A47DE"/>
     <w:rsid w:val="005B4255"/>
     <w:rsid w:val="005B52FF"/>
     <w:rsid w:val="005B63F7"/>
     <w:rsid w:val="005B7BAD"/>
     <w:rsid w:val="005C0155"/>
     <w:rsid w:val="005C0CE7"/>
     <w:rsid w:val="005D2735"/>
     <w:rsid w:val="005D55D4"/>
     <w:rsid w:val="005E3747"/>
     <w:rsid w:val="005E4F3B"/>
     <w:rsid w:val="005E5DA1"/>
     <w:rsid w:val="005F0F40"/>
     <w:rsid w:val="005F0F6F"/>
     <w:rsid w:val="005F1249"/>
     <w:rsid w:val="006007F5"/>
     <w:rsid w:val="006024EF"/>
     <w:rsid w:val="006049FC"/>
     <w:rsid w:val="00604FC1"/>
     <w:rsid w:val="0060590F"/>
     <w:rsid w:val="0060727D"/>
     <w:rsid w:val="0061618B"/>
     <w:rsid w:val="00621159"/>
     <w:rsid w:val="00621A11"/>
     <w:rsid w:val="00622DF6"/>
     <w:rsid w:val="00626520"/>
     <w:rsid w:val="00626E32"/>
     <w:rsid w:val="00632A74"/>
     <w:rsid w:val="00632FAD"/>
     <w:rsid w:val="006351EC"/>
     <w:rsid w:val="00635BD2"/>
+    <w:rsid w:val="0063765F"/>
     <w:rsid w:val="00637A03"/>
     <w:rsid w:val="00637A95"/>
     <w:rsid w:val="00640878"/>
     <w:rsid w:val="0064286C"/>
     <w:rsid w:val="00644EA0"/>
     <w:rsid w:val="006474DB"/>
     <w:rsid w:val="00647C05"/>
     <w:rsid w:val="006551B4"/>
     <w:rsid w:val="00660D1F"/>
     <w:rsid w:val="0066145E"/>
     <w:rsid w:val="006617B9"/>
     <w:rsid w:val="0066732A"/>
     <w:rsid w:val="00670E21"/>
     <w:rsid w:val="00672F88"/>
     <w:rsid w:val="006741E0"/>
     <w:rsid w:val="00674965"/>
     <w:rsid w:val="00675335"/>
     <w:rsid w:val="00675944"/>
     <w:rsid w:val="006775D5"/>
     <w:rsid w:val="00685668"/>
     <w:rsid w:val="00686C83"/>
     <w:rsid w:val="00686D06"/>
     <w:rsid w:val="00687FDE"/>
     <w:rsid w:val="00694F36"/>
     <w:rsid w:val="006A37DD"/>
     <w:rsid w:val="006A5960"/>
     <w:rsid w:val="006B6ACA"/>
     <w:rsid w:val="006B7CC8"/>
     <w:rsid w:val="006B7F76"/>
     <w:rsid w:val="006C1929"/>
     <w:rsid w:val="006C3300"/>
+    <w:rsid w:val="006C6367"/>
     <w:rsid w:val="006C64C0"/>
     <w:rsid w:val="006D05AA"/>
     <w:rsid w:val="006D1C51"/>
     <w:rsid w:val="006D3E23"/>
     <w:rsid w:val="006D44BA"/>
     <w:rsid w:val="006D4B43"/>
     <w:rsid w:val="006D6C2A"/>
     <w:rsid w:val="006E09D6"/>
     <w:rsid w:val="006E1702"/>
     <w:rsid w:val="006F2A3B"/>
     <w:rsid w:val="006F32CF"/>
     <w:rsid w:val="006F56AB"/>
     <w:rsid w:val="006F5FBC"/>
     <w:rsid w:val="006F745A"/>
     <w:rsid w:val="007012BF"/>
     <w:rsid w:val="007043AB"/>
     <w:rsid w:val="00704D47"/>
     <w:rsid w:val="007056EB"/>
     <w:rsid w:val="0070581F"/>
     <w:rsid w:val="00705CDA"/>
     <w:rsid w:val="00717AFD"/>
     <w:rsid w:val="00724121"/>
     <w:rsid w:val="007553AB"/>
     <w:rsid w:val="00755FDA"/>
     <w:rsid w:val="007600A7"/>
@@ -40630,50 +41763,51 @@
     <w:rsid w:val="008D02BA"/>
     <w:rsid w:val="008D24CF"/>
     <w:rsid w:val="008D3B49"/>
     <w:rsid w:val="008E0C9D"/>
     <w:rsid w:val="008E1B3D"/>
     <w:rsid w:val="008E4055"/>
     <w:rsid w:val="008F2A32"/>
     <w:rsid w:val="008F4933"/>
     <w:rsid w:val="008F51DC"/>
     <w:rsid w:val="0090551D"/>
     <w:rsid w:val="0090566C"/>
     <w:rsid w:val="009115F1"/>
     <w:rsid w:val="00911C4D"/>
     <w:rsid w:val="00915325"/>
     <w:rsid w:val="00917B9D"/>
     <w:rsid w:val="00925939"/>
     <w:rsid w:val="00926023"/>
     <w:rsid w:val="009306D7"/>
     <w:rsid w:val="0093092C"/>
     <w:rsid w:val="0094394F"/>
     <w:rsid w:val="00944B7B"/>
     <w:rsid w:val="00947CB5"/>
     <w:rsid w:val="00947CD6"/>
     <w:rsid w:val="00956B98"/>
     <w:rsid w:val="00961AFA"/>
+    <w:rsid w:val="00964018"/>
     <w:rsid w:val="00965367"/>
     <w:rsid w:val="00967030"/>
     <w:rsid w:val="00970C3B"/>
     <w:rsid w:val="0097489D"/>
     <w:rsid w:val="009755C4"/>
     <w:rsid w:val="009761E7"/>
     <w:rsid w:val="00976990"/>
     <w:rsid w:val="00977F89"/>
     <w:rsid w:val="00981B87"/>
     <w:rsid w:val="009823F3"/>
     <w:rsid w:val="00996D55"/>
     <w:rsid w:val="00997358"/>
     <w:rsid w:val="00997841"/>
     <w:rsid w:val="009A1072"/>
     <w:rsid w:val="009A3186"/>
     <w:rsid w:val="009A3713"/>
     <w:rsid w:val="009A5239"/>
     <w:rsid w:val="009B56C2"/>
     <w:rsid w:val="009B636C"/>
     <w:rsid w:val="009C2A02"/>
     <w:rsid w:val="009C54F5"/>
     <w:rsid w:val="009C55E5"/>
     <w:rsid w:val="009C7417"/>
     <w:rsid w:val="009D2268"/>
     <w:rsid w:val="009D2BC7"/>
@@ -40870,84 +42004,87 @@
     <w:rsid w:val="00DF124D"/>
     <w:rsid w:val="00DF4DDE"/>
     <w:rsid w:val="00DF76F8"/>
     <w:rsid w:val="00E03FCA"/>
     <w:rsid w:val="00E12641"/>
     <w:rsid w:val="00E1419D"/>
     <w:rsid w:val="00E14200"/>
     <w:rsid w:val="00E21FF2"/>
     <w:rsid w:val="00E303F5"/>
     <w:rsid w:val="00E33214"/>
     <w:rsid w:val="00E34D3E"/>
     <w:rsid w:val="00E4385E"/>
     <w:rsid w:val="00E45811"/>
     <w:rsid w:val="00E50493"/>
     <w:rsid w:val="00E51CFC"/>
     <w:rsid w:val="00E5249D"/>
     <w:rsid w:val="00E564C1"/>
     <w:rsid w:val="00E62723"/>
     <w:rsid w:val="00E6372F"/>
     <w:rsid w:val="00E640E3"/>
     <w:rsid w:val="00E67063"/>
     <w:rsid w:val="00E75001"/>
     <w:rsid w:val="00E75B0E"/>
     <w:rsid w:val="00E76D57"/>
     <w:rsid w:val="00E778BF"/>
+    <w:rsid w:val="00E818DF"/>
     <w:rsid w:val="00E852D4"/>
     <w:rsid w:val="00E86015"/>
     <w:rsid w:val="00E97B01"/>
     <w:rsid w:val="00EA1BA6"/>
     <w:rsid w:val="00EA4141"/>
     <w:rsid w:val="00EA526C"/>
     <w:rsid w:val="00EC6687"/>
     <w:rsid w:val="00ED3D19"/>
     <w:rsid w:val="00ED5683"/>
     <w:rsid w:val="00EE6044"/>
     <w:rsid w:val="00EE643D"/>
     <w:rsid w:val="00EF065F"/>
     <w:rsid w:val="00EF29F9"/>
     <w:rsid w:val="00F0095B"/>
     <w:rsid w:val="00F00CB6"/>
     <w:rsid w:val="00F01258"/>
     <w:rsid w:val="00F1114B"/>
     <w:rsid w:val="00F12189"/>
     <w:rsid w:val="00F13758"/>
     <w:rsid w:val="00F277A2"/>
     <w:rsid w:val="00F313EB"/>
     <w:rsid w:val="00F31CC1"/>
     <w:rsid w:val="00F34916"/>
     <w:rsid w:val="00F34FEE"/>
+    <w:rsid w:val="00F37065"/>
     <w:rsid w:val="00F378C7"/>
     <w:rsid w:val="00F412D9"/>
     <w:rsid w:val="00F5075C"/>
     <w:rsid w:val="00F51795"/>
     <w:rsid w:val="00F53FC9"/>
     <w:rsid w:val="00F60D3F"/>
     <w:rsid w:val="00F62929"/>
     <w:rsid w:val="00F63438"/>
     <w:rsid w:val="00F64B19"/>
     <w:rsid w:val="00F653C8"/>
+    <w:rsid w:val="00F8056E"/>
     <w:rsid w:val="00F817D0"/>
     <w:rsid w:val="00F81A8F"/>
     <w:rsid w:val="00F823DA"/>
     <w:rsid w:val="00F835C3"/>
     <w:rsid w:val="00F858D1"/>
     <w:rsid w:val="00F928CC"/>
     <w:rsid w:val="00F96753"/>
     <w:rsid w:val="00F96D02"/>
     <w:rsid w:val="00F978F5"/>
     <w:rsid w:val="00FA4B6A"/>
     <w:rsid w:val="00FB06A6"/>
     <w:rsid w:val="00FB0A10"/>
     <w:rsid w:val="00FB35F1"/>
     <w:rsid w:val="00FB4E6E"/>
     <w:rsid w:val="00FB60E2"/>
     <w:rsid w:val="00FB7381"/>
     <w:rsid w:val="00FC2A6B"/>
     <w:rsid w:val="00FC30D0"/>
     <w:rsid w:val="00FC66AC"/>
     <w:rsid w:val="00FD01ED"/>
     <w:rsid w:val="00FD5DF6"/>
     <w:rsid w:val="00FD5EEC"/>
     <w:rsid w:val="00FE7E44"/>
     <w:rsid w:val="00FF3E83"/>
     <w:rsid w:val="00FF3FCD"/>
@@ -41457,51 +42594,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C6561C"/>
+    <w:rsid w:val="00155F3A"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -41735,58 +42872,58 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1210453379">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSF.ClinicalResearch@osfhealthcare.org?subject=New%20Research%20Application" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prsinfo.clinicaltrials.gov/ACT_Checklist.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.icmje.org/recommendations/browse/publishing-and-editorial-issues/clinical-trial-registration.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osf-p-001.sitecorecontenthub.cloud/api/public/content/crbo_epic_research_access_request__v5_322022.docx?v=a120f2a1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Michael.J.Hendricks@osfhealthcare.org" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kimberly.l.cooley@osfhealthcare.org" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/policy/clinical-trials/reporting/understanding/nih-policy.htm" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSF.ClinicalResearch@osfhealthcare.org?subject=New%20Research%20Application" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osf.clinicalresearch@osfhealthcare.org?subject=Research%20Application%20Questions" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/patients/drug-development-process/step-3-clinical-research" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HealthCare.Analytics@osfhealthcare.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osf-p-001.sitecorecontenthub.cloud/api/public/content/7c4a25bd7626496c803c7b3eaee3a38c?v=b11406df" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeff.a.klein@osfhealthcare.org" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSF.ClinicalResearch@osfhealthcare.org?subject=New%20Research%20Application" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSF.HSPP@osfhealthcare.org" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.lumere.com/providers/osf/requests/add/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSF.CRBO@osfhealthcare.org" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cms.gov/Regulations-and-Guidance/Guidance/Manuals/Internet-Only-Manuals-IOMs-Items/CMS014961.html?DLPage=1&amp;DLEntries=10&amp;DLSort=0&amp;DLSortDir=ascending" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSF.ClinicalResearch@osfhealthcare.org?subject=New%20Research%20Application" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/patients/drug-development-process/step-3-clinical-research" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prsinfo.clinicaltrials.gov/ACT_Checklist.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osf-p-001.sitecorecontenthub.cloud/api/public/content/crbo_epic_research_access_request__v5_322022.docx?v=a120f2a1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Michael.J.Hendricks@osfhealthcare.org" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kimberly.l.cooley@osfhealthcare.org" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.icmje.org/recommendations/browse/publishing-and-editorial-issues/clinical-trial-registration.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cms.gov/Regulations-and-Guidance/Guidance/Manuals/Internet-Only-Manuals-IOMs-Items/CMS014961.html?DLPage=1&amp;DLEntries=10&amp;DLSort=0&amp;DLSortDir=ascending" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HealthCare.Analytics@osfhealthcare.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/policy/clinical-trials/reporting/understanding/nih-policy.htm" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSF.ClinicalResearch@osfhealthcare.org?subject=New%20Research%20Application" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSF.HSPP@osfhealthcare.org" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeff.a.klein@osfhealthcare.org" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSF.CRBO@osfhealthcare.org" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSF.ClinicalResearch@osfhealthcare.org?subject=New%20Research%20Application" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osf.clinicalresearch@osfhealthcare.org?subject=Research%20Application%20Questions" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osfhealthcare.org/patients-visitors/clinical-research/investigators-coordinators/forms-templates-policies" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.lumere.com/providers/osf/requests/add/" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013435"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9A48BD69-A709-4096-A0B3-9BDA100196D0}"/>
       </w:docPartPr>
@@ -41905,183 +43042,187 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00955C73"/>
     <w:rsid w:val="00011F48"/>
     <w:rsid w:val="000B617B"/>
     <w:rsid w:val="000E3D2D"/>
     <w:rsid w:val="000F4139"/>
     <w:rsid w:val="00137387"/>
     <w:rsid w:val="00193325"/>
     <w:rsid w:val="001B2F05"/>
     <w:rsid w:val="001E69E0"/>
     <w:rsid w:val="0020654F"/>
     <w:rsid w:val="00206ABC"/>
     <w:rsid w:val="00233714"/>
+    <w:rsid w:val="002417CC"/>
     <w:rsid w:val="00251E08"/>
     <w:rsid w:val="002838A3"/>
     <w:rsid w:val="002A1E92"/>
     <w:rsid w:val="002F7120"/>
     <w:rsid w:val="00306CEB"/>
     <w:rsid w:val="00310558"/>
     <w:rsid w:val="00325508"/>
     <w:rsid w:val="00355E8D"/>
     <w:rsid w:val="00441E9E"/>
     <w:rsid w:val="00485298"/>
+    <w:rsid w:val="00566911"/>
     <w:rsid w:val="00585661"/>
     <w:rsid w:val="005A4383"/>
     <w:rsid w:val="005B018D"/>
     <w:rsid w:val="005E45A1"/>
     <w:rsid w:val="0061076E"/>
     <w:rsid w:val="00621A11"/>
     <w:rsid w:val="00637A03"/>
     <w:rsid w:val="006A27A6"/>
     <w:rsid w:val="006B159D"/>
+    <w:rsid w:val="006C6367"/>
     <w:rsid w:val="00705CDA"/>
     <w:rsid w:val="00766B1A"/>
     <w:rsid w:val="007E034E"/>
     <w:rsid w:val="00800A21"/>
     <w:rsid w:val="00821474"/>
     <w:rsid w:val="008723B0"/>
     <w:rsid w:val="0089554D"/>
     <w:rsid w:val="008B0026"/>
     <w:rsid w:val="008E462E"/>
     <w:rsid w:val="008E6D53"/>
     <w:rsid w:val="00904417"/>
     <w:rsid w:val="00955C73"/>
     <w:rsid w:val="0097489D"/>
     <w:rsid w:val="00975B48"/>
     <w:rsid w:val="00986A52"/>
     <w:rsid w:val="00987370"/>
     <w:rsid w:val="00996D55"/>
     <w:rsid w:val="009A3713"/>
     <w:rsid w:val="009C26ED"/>
     <w:rsid w:val="009D2268"/>
     <w:rsid w:val="00A4320B"/>
     <w:rsid w:val="00A5262A"/>
     <w:rsid w:val="00AD131D"/>
     <w:rsid w:val="00AD2E82"/>
     <w:rsid w:val="00B20CAC"/>
     <w:rsid w:val="00B756F1"/>
     <w:rsid w:val="00BA689F"/>
     <w:rsid w:val="00BA7204"/>
     <w:rsid w:val="00BB74B3"/>
     <w:rsid w:val="00BF66A2"/>
     <w:rsid w:val="00C7254E"/>
     <w:rsid w:val="00C74EE3"/>
     <w:rsid w:val="00CB73CE"/>
     <w:rsid w:val="00D149A3"/>
     <w:rsid w:val="00D61F20"/>
     <w:rsid w:val="00D62F31"/>
     <w:rsid w:val="00D96294"/>
     <w:rsid w:val="00DB349F"/>
     <w:rsid w:val="00DF058C"/>
     <w:rsid w:val="00E05AF7"/>
     <w:rsid w:val="00E264B5"/>
     <w:rsid w:val="00E35DD5"/>
     <w:rsid w:val="00E51CFC"/>
+    <w:rsid w:val="00E818DF"/>
     <w:rsid w:val="00EA4F7E"/>
     <w:rsid w:val="00EC5427"/>
     <w:rsid w:val="00F52E18"/>
     <w:rsid w:val="00F64B19"/>
     <w:rsid w:val="00F777FA"/>
     <w:rsid w:val="00FC2A6B"/>
     <w:rsid w:val="00FD7CB6"/>
     <w:rsid w:val="00FE4B93"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
@@ -43068,143 +44209,158 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_activity xmlns="f5a433a7-c613-40ff-9820-a4ac1259c3b1" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
-</file>
-[...2 lines deleted...]
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9EAF5D4C-B91B-4DC6-9055-4B9AE510F5A0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5ca5b852-26e2-4315-8025-f09ee7c079c0"/>
     <ds:schemaRef ds:uri="f5a433a7-c613-40ff-9820-a4ac1259c3b1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E48A7E42-1748-4B7E-8119-01CA13A15F5D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B97E054-6249-4E18-8633-6879EE12B3AF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="f5a433a7-c613-40ff-9820-a4ac1259c3b1"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="5ca5b852-26e2-4315-8025-f09ee7c079c0"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19326143-72EA-4579-8B66-14FE2FDA65DC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{efd6a630-be24-42f6-ac20-e11ed46b2193}" enabled="0" method="" siteId="{efd6a630-be24-42f6-ac20-e11ed46b2193}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>24351</Characters>
+  <Pages>11</Pages>
+  <Words>4541</Words>
+  <Characters>25522</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>57</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>823</Lines>
+  <Paragraphs>578</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>OSF HealthCare</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28565</CharactersWithSpaces>
+  <CharactersWithSpaces>29485</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HSPP</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010032B3F36E345C954B94C5E06B25B8D950</vt:lpwstr>